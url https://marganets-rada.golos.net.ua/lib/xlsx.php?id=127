--- v0 (2025-12-31)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="236" uniqueCount="236">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>LIX сесія VIII скликання</t>
   </si>
   <si>
     <t>Марганецька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Барда Вадим Іванович</t>
   </si>
   <si>
     <t>Білий Олександр Якович</t>
   </si>
   <si>
     <t>Бобух Олександр Іванович</t>
   </si>
   <si>
@@ -287,90 +287,477 @@
   <si>
     <t>18.12.25  10:40:30</t>
   </si>
   <si>
     <t>18.12.25  10:41:04</t>
   </si>
   <si>
     <t>18.12.25  10:41:39</t>
   </si>
   <si>
     <t>18.12.25  10:42:18</t>
   </si>
   <si>
     <t>18.12.25  10:43:25</t>
   </si>
   <si>
     <t>18.12.25  10:44:13</t>
   </si>
   <si>
     <t>За: 18</t>
   </si>
   <si>
     <t>18.12.25  10:45:02</t>
   </si>
   <si>
-    <t>За: 34</t>
-[...5 lines deleted...]
-    <t>За: 32</t>
+    <t>15.01.26  14:15:03</t>
+  </si>
+  <si>
+    <t>15.01.26  14:15:37</t>
+  </si>
+  <si>
+    <t>15.01.26  14:16:08</t>
+  </si>
+  <si>
+    <t>15.01.26  14:16:41</t>
+  </si>
+  <si>
+    <t>15.01.26  14:17:13</t>
+  </si>
+  <si>
+    <t>15.01.26  14:17:45</t>
+  </si>
+  <si>
+    <t>15.01.26  14:18:18</t>
+  </si>
+  <si>
+    <t>15.01.26  14:18:55</t>
+  </si>
+  <si>
+    <t>15.01.26  14:19:27</t>
+  </si>
+  <si>
+    <t>15.01.26  14:20:01</t>
+  </si>
+  <si>
+    <t>15.01.26  14:20:39</t>
+  </si>
+  <si>
+    <t>15.01.26  14:21:10</t>
+  </si>
+  <si>
+    <t>15.01.26  14:21:42</t>
+  </si>
+  <si>
+    <t>За: 20</t>
+  </si>
+  <si>
+    <t>15.01.26  14:22:16</t>
+  </si>
+  <si>
+    <t>15.01.26  14:22:48</t>
+  </si>
+  <si>
+    <t>15.01.26  14:23:21</t>
+  </si>
+  <si>
+    <t>15.01.26  14:23:53</t>
+  </si>
+  <si>
+    <t>2889Про надання дозволу КП «ІРБ ММТГ» на укладення договору поворотної допомоги</t>
+  </si>
+  <si>
+    <t>15.01.26  14:24:25</t>
+  </si>
+  <si>
+    <t>15.01.26  14:24:57</t>
+  </si>
+  <si>
+    <t>15.01.26  14:25:30</t>
+  </si>
+  <si>
+    <t>2892Про передачу транспортних засобів в позичку КП «Марганецьводоканал» ММР»</t>
+  </si>
+  <si>
+    <t>15.01.26  14:26:37</t>
+  </si>
+  <si>
+    <t>2894Про прийняття до комунальної власності та передачу матеріальних цінностей</t>
+  </si>
+  <si>
+    <t>15.01.26  14:27:12</t>
+  </si>
+  <si>
+    <t>2895Про прийняття до комунальної власності та передачу матеріальних цінностей</t>
+  </si>
+  <si>
+    <t>15.01.26  14:27:44</t>
+  </si>
+  <si>
+    <t>15.01.26  14:28:18</t>
+  </si>
+  <si>
+    <t>15.01.26  14:28:49</t>
+  </si>
+  <si>
+    <t>2898Про безоплатну передачу матеріальних цінностей</t>
+  </si>
+  <si>
+    <t>15.01.26  14:29:21</t>
+  </si>
+  <si>
+    <t>2899Про безоплатне відчуження комунального майна на користь військової частини [[4820]]  </t>
+  </si>
+  <si>
+    <t>15.01.26  14:29:53</t>
+  </si>
+  <si>
+    <t>2900Про надання цільової одноразової матеріальної допомоги</t>
+  </si>
+  <si>
+    <t>15.01.26  14:30:30</t>
+  </si>
+  <si>
+    <t>15.01.26  14:31:01</t>
+  </si>
+  <si>
+    <t>15.01.26  14:31:34</t>
+  </si>
+  <si>
+    <t>15.01.26  14:32:08</t>
+  </si>
+  <si>
+    <t>15.01.26  14:32:42</t>
+  </si>
+  <si>
+    <t>15.01.26  14:33:16</t>
+  </si>
+  <si>
+    <t>15.01.26  14:33:50</t>
+  </si>
+  <si>
+    <t>15.01.26  14:34:23</t>
+  </si>
+  <si>
+    <t>15.01.26  14:34:57</t>
+  </si>
+  <si>
+    <t>15.01.26  14:35:30</t>
+  </si>
+  <si>
+    <t>15.01.26  14:36:04</t>
+  </si>
+  <si>
+    <t>15.01.26  14:36:36</t>
+  </si>
+  <si>
+    <t>15.01.26  14:37:10</t>
+  </si>
+  <si>
+    <t>15.01.26  14:37:43</t>
+  </si>
+  <si>
+    <t>23.01.26  14:07:56</t>
+  </si>
+  <si>
+    <t>2917Про надання дозволу КП «ІРБ ММТГ» на укладення договору куплі-продажу</t>
+  </si>
+  <si>
+    <t>23.01.26  14:08:30</t>
+  </si>
+  <si>
+    <t>23.01.26  14:09:02</t>
+  </si>
+  <si>
+    <t>23.01.26  14:09:42</t>
+  </si>
+  <si>
+    <t>23.01.26  14:10:21</t>
+  </si>
+  <si>
+    <t>23.01.26  14:10:57</t>
+  </si>
+  <si>
+    <t>23.01.26  14:11:34</t>
+  </si>
+  <si>
+    <t>2923Про надання цільової одноразової матеріальної допомоги</t>
+  </si>
+  <si>
+    <t>23.01.26  14:12:09</t>
+  </si>
+  <si>
+    <t>10.02.26  14:29:39</t>
+  </si>
+  <si>
+    <t>2927Про присвоєння звання «Почесний громадянин міста Марганець»</t>
+  </si>
+  <si>
+    <t>10.02.26  14:35:52</t>
+  </si>
+  <si>
+    <t>10.02.26  14:36:25</t>
+  </si>
+  <si>
+    <t>10.02.26  14:36:56</t>
+  </si>
+  <si>
+    <t>10.02.26  14:37:28</t>
+  </si>
+  <si>
+    <t>10.02.26  14:38:01</t>
+  </si>
+  <si>
+    <t>10.02.26  14:38:34</t>
+  </si>
+  <si>
+    <t>10.02.26  14:39:06</t>
+  </si>
+  <si>
+    <t>10.02.26  14:39:39</t>
+  </si>
+  <si>
+    <t>10.02.26  14:40:13</t>
+  </si>
+  <si>
+    <t>10.02.26  14:40:46</t>
+  </si>
+  <si>
+    <t>10.02.26  14:41:17</t>
+  </si>
+  <si>
+    <t>10.02.26  14:41:49</t>
+  </si>
+  <si>
+    <t>10.02.26  14:42:20</t>
+  </si>
+  <si>
+    <t>10.02.26  14:42:55</t>
+  </si>
+  <si>
+    <t>10.02.26  14:43:27</t>
+  </si>
+  <si>
+    <t>10.02.26  14:43:58</t>
+  </si>
+  <si>
+    <t>10.02.26  14:44:31</t>
+  </si>
+  <si>
+    <t>10.02.26  14:45:04</t>
+  </si>
+  <si>
+    <t>10.02.26  14:45:35</t>
+  </si>
+  <si>
+    <t>10.02.26  14:46:06</t>
+  </si>
+  <si>
+    <t>10.02.26  14:46:39</t>
+  </si>
+  <si>
+    <t>10.02.26  14:47:12</t>
+  </si>
+  <si>
+    <t>10.02.26  14:47:45</t>
+  </si>
+  <si>
+    <t>2950Про передачу майна</t>
+  </si>
+  <si>
+    <t>10.02.26  14:48:19</t>
+  </si>
+  <si>
+    <t>2951Про закріплення генераторів на праві узуфрукту комунального майна</t>
+  </si>
+  <si>
+    <t>10.02.26  14:48:51</t>
+  </si>
+  <si>
+    <t>2952Про внесення змін до рішення Марганецької міської ради від 15 січня 2026 року № 2508-59-1/VIIІ</t>
+  </si>
+  <si>
+    <t>10.02.26  14:49:44</t>
+  </si>
+  <si>
+    <t>2953Про надання цільової одноразової матеріальної допомоги</t>
+  </si>
+  <si>
+    <t>10.02.26  14:50:47</t>
+  </si>
+  <si>
+    <t>10.02.26  14:51:20</t>
+  </si>
+  <si>
+    <t>10.02.26  14:51:53</t>
+  </si>
+  <si>
+    <t>10.02.26  14:52:26</t>
+  </si>
+  <si>
+    <t>10.02.26  14:52:59</t>
+  </si>
+  <si>
+    <t>10.02.26  14:53:32</t>
+  </si>
+  <si>
+    <t>10.02.26  14:54:05</t>
+  </si>
+  <si>
+    <t>10.02.26  14:54:37</t>
+  </si>
+  <si>
+    <t>10.02.26  14:55:12</t>
+  </si>
+  <si>
+    <t>10.02.26  14:55:45</t>
+  </si>
+  <si>
+    <t>За: 2</t>
+  </si>
+  <si>
+    <t>Проти: 2</t>
+  </si>
+  <si>
+    <t>Утримались: 7</t>
+  </si>
+  <si>
+    <t>Проти</t>
+  </si>
+  <si>
+    <t>Утр.</t>
+  </si>
+  <si>
+    <t>10.02.26  14:56:18</t>
+  </si>
+  <si>
+    <t>10.02.26  14:56:51</t>
+  </si>
+  <si>
+    <t>10.02.26  14:57:24</t>
+  </si>
+  <si>
+    <t>За: 42</t>
+  </si>
+  <si>
+    <t>За: 81</t>
+  </si>
+  <si>
+    <t>За: 96</t>
+  </si>
+  <si>
+    <t>За: 80</t>
   </si>
   <si>
     <t>За: 36</t>
   </si>
   <si>
-    <t>За: 33</t>
-[...2 lines deleted...]
-    <t>За: 35</t>
+    <t>За: 73</t>
+  </si>
+  <si>
+    <t>За: 120</t>
+  </si>
+  <si>
+    <t>За: 121</t>
+  </si>
+  <si>
+    <t>За: 44</t>
+  </si>
+  <si>
+    <t>За: 123</t>
+  </si>
+  <si>
+    <t>За: 117</t>
+  </si>
+  <si>
+    <t>За: 124</t>
+  </si>
+  <si>
+    <t>За: 119</t>
+  </si>
+  <si>
+    <t>За: 87</t>
+  </si>
+  <si>
+    <t>Проти: 1</t>
   </si>
   <si>
     <t>Утр.: 0</t>
   </si>
   <si>
+    <t>Утр.: 1</t>
+  </si>
+  <si>
     <t>Не голос.: 2</t>
   </si>
   <si>
+    <t>Не голос.: 4</t>
+  </si>
+  <si>
     <t>Не голос.: 0</t>
   </si>
   <si>
+    <t>Не голос.: 21</t>
+  </si>
+  <si>
+    <t>Не голос.: 5</t>
+  </si>
+  <si>
+    <t>Не голос.: 3</t>
+  </si>
+  <si>
+    <t>Не голос.: 7</t>
+  </si>
+  <si>
+    <t>Не голос.: 1</t>
+  </si>
+  <si>
     <t>Не голос.: 8</t>
   </si>
   <si>
-    <t>Не голос.: 4</t>
-[...5 lines deleted...]
-    <t>Не голос.: 1</t>
+    <t>Відсут.: 81</t>
+  </si>
+  <si>
+    <t>Відсут.: 40</t>
+  </si>
+  <si>
+    <t>Відсут.: 125</t>
+  </si>
+  <si>
+    <t>Відсут.: 8</t>
+  </si>
+  <si>
+    <t>Відсут.: 89</t>
+  </si>
+  <si>
+    <t>Відсут.: 49</t>
   </si>
   <si>
     <t>Відсут.: 0</t>
+  </si>
+  <si>
+    <t>Відсут.: 85</t>
   </si>
   <si>
     <t>Відсут.: 36</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -398,51 +785,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AL42"/>
+  <dimension ref="A1:AL131"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="17"/>
     <col min="3" max="3" width="50"/>
     <col min="4" max="4" width="20"/>
     <col min="5" max="5" width="23"/>
     <col min="6" max="6" width="8"/>
     <col min="7" max="7" width="15"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
@@ -4787,547 +5174,11021 @@
         <v>50</v>
       </c>
       <c r="AF37" t="s" s="5">
         <v>50</v>
       </c>
       <c r="AG37" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AH37" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AI37" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AJ37" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AK37" t="s" s="5">
         <v>41</v>
       </c>
       <c r="AL37" t="s" s="5">
         <v>41</v>
       </c>
     </row>
     <row r="38">
-      <c r="A38"/>
-[...7 lines deleted...]
-      <c r="I38" t="s">
+      <c r="A38">
+        <v>37</v>
+      </c>
+      <c r="B38" t="s">
         <v>92</v>
       </c>
-      <c r="J38" t="s">
-[...84 lines deleted...]
-        <v>95</v>
+      <c r="C38" t="inlineStr" s="4">
+        <is>
+          <t>2873Про схвалення продовження строку дії договору про співробітництво Марганецької міської та Покровської сільської територіальних громад у формі спільного фінансування (утримання)</t>
+        </is>
+      </c>
+      <c r="D38" t="s">
+        <v>36</v>
+      </c>
+      <c r="E38" t="s">
+        <v>37</v>
+      </c>
+      <c r="F38" t="s">
+        <v>65</v>
+      </c>
+      <c r="G38" t="s">
+        <v>39</v>
+      </c>
+      <c r="H38" t="s">
+        <v>40</v>
+      </c>
+      <c r="I38" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J38" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K38" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L38" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M38" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N38" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O38" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P38" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q38" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R38" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S38" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T38" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U38" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V38" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W38" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X38" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y38" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z38" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA38" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB38" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC38" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD38" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE38" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF38" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG38" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH38" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI38" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ38" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK38" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL38" t="s" s="5">
+        <v>41</v>
       </c>
     </row>
     <row r="39">
-      <c r="A39"/>
-[...7 lines deleted...]
-      <c r="I39" t="s">
+      <c r="A39">
+        <v>38</v>
+      </c>
+      <c r="B39" t="s">
+        <v>93</v>
+      </c>
+      <c r="C39" t="inlineStr" s="4">
+        <is>
+          <t>2874Про схвалення продовження строку дії договору про співробітництво Марганецької міської та Червоногригорівської селищної територіальних громад у формі спільного фінансування (утримання)</t>
+        </is>
+      </c>
+      <c r="D39" t="s">
+        <v>36</v>
+      </c>
+      <c r="E39" t="s">
+        <v>37</v>
+      </c>
+      <c r="F39" t="s">
+        <v>65</v>
+      </c>
+      <c r="G39" t="s">
         <v>39</v>
       </c>
-      <c r="J39" t="s">
-[...84 lines deleted...]
-        <v>39</v>
+      <c r="H39" t="s">
+        <v>40</v>
+      </c>
+      <c r="I39" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J39" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K39" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L39" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M39" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N39" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O39" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P39" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q39" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R39" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S39" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T39" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U39" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V39" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W39" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X39" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y39" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z39" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA39" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB39" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC39" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD39" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE39" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF39" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG39" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH39" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI39" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ39" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK39" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL39" t="s" s="5">
+        <v>41</v>
       </c>
     </row>
     <row r="40">
-      <c r="A40"/>
-[...95 lines deleted...]
-        <v>98</v>
+      <c r="A40">
+        <v>39</v>
+      </c>
+      <c r="B40" t="s">
+        <v>94</v>
+      </c>
+      <c r="C40" t="inlineStr" s="4">
+        <is>
+          <t>2875Про внесення змін та доповнень до переліку заходів і завдань Комплексної програми розвитку освіти Марганецької міської територіальної громади на 2026-2027 роки, затвердженої рішенням міської</t>
+        </is>
+      </c>
+      <c r="D40" t="s">
+        <v>36</v>
+      </c>
+      <c r="E40" t="s">
+        <v>37</v>
+      </c>
+      <c r="F40" t="s">
+        <v>65</v>
+      </c>
+      <c r="G40" t="s">
+        <v>39</v>
+      </c>
+      <c r="H40" t="s">
+        <v>40</v>
+      </c>
+      <c r="I40" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J40" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K40" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L40" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M40" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N40" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O40" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P40" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q40" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R40" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S40" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T40" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U40" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V40" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W40" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X40" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y40" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z40" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA40" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB40" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC40" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD40" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE40" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF40" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG40" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH40" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI40" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ40" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK40" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL40" t="s" s="5">
+        <v>41</v>
       </c>
     </row>
     <row r="41">
-      <c r="A41"/>
-[...95 lines deleted...]
-        <v>100</v>
+      <c r="A41">
+        <v>40</v>
+      </c>
+      <c r="B41" t="s">
+        <v>95</v>
+      </c>
+      <c r="C41" t="inlineStr" s="4">
+        <is>
+          <t>2876Про внесення змін до штатних розписів закладів освіти Марганецької міської територіальної громади</t>
+        </is>
+      </c>
+      <c r="D41" t="s">
+        <v>36</v>
+      </c>
+      <c r="E41" t="s">
+        <v>37</v>
+      </c>
+      <c r="F41" t="s">
+        <v>65</v>
+      </c>
+      <c r="G41" t="s">
+        <v>39</v>
+      </c>
+      <c r="H41" t="s">
+        <v>40</v>
+      </c>
+      <c r="I41" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J41" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K41" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L41" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M41" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N41" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O41" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P41" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q41" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R41" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S41" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T41" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U41" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V41" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W41" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X41" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y41" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z41" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA41" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB41" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC41" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD41" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE41" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF41" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG41" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH41" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI41" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ41" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK41" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL41" t="s" s="5">
+        <v>41</v>
       </c>
     </row>
     <row r="42">
-      <c r="A42"/>
-[...7 lines deleted...]
-      <c r="I42" t="s">
+      <c r="A42">
+        <v>41</v>
+      </c>
+      <c r="B42" t="s">
+        <v>96</v>
+      </c>
+      <c r="C42" t="inlineStr" s="4">
+        <is>
+          <t>2877Про внесення змін до додатку 2 рішення Марганецької міської ради від 06.06.2024 р. № 1573-53/VIII «Про затвердження Комплексної програми  розвитку соціальних послуг у Марганецькій міській</t>
+        </is>
+      </c>
+      <c r="D42" t="s">
+        <v>36</v>
+      </c>
+      <c r="E42" t="s">
+        <v>37</v>
+      </c>
+      <c r="F42" t="s">
+        <v>79</v>
+      </c>
+      <c r="G42" t="s">
+        <v>39</v>
+      </c>
+      <c r="H42" t="s">
+        <v>40</v>
+      </c>
+      <c r="I42" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J42" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K42" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L42" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M42" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N42" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O42" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P42" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q42" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R42" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S42" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T42" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U42" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V42" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W42" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X42" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y42" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z42" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA42" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB42" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC42" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD42" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE42" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF42" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AG42" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH42" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI42" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ42" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK42" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL42" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43">
+        <v>42</v>
+      </c>
+      <c r="B43" t="s">
+        <v>97</v>
+      </c>
+      <c r="C43" t="inlineStr" s="4">
+        <is>
+          <t>2878Про внесення змін до рішення Марганецької міської ради від 18 грудня 2025 року № 2459-59/VIII «Про затвердження Програми охорони здоров’я населення Марганецької міської територіальної громади на</t>
+        </is>
+      </c>
+      <c r="D43" t="s">
+        <v>36</v>
+      </c>
+      <c r="E43" t="s">
+        <v>37</v>
+      </c>
+      <c r="F43" t="s">
+        <v>65</v>
+      </c>
+      <c r="G43" t="s">
+        <v>39</v>
+      </c>
+      <c r="H43" t="s">
+        <v>40</v>
+      </c>
+      <c r="I43" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J43" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K43" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L43" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M43" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N43" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O43" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P43" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q43" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R43" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S43" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T43" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U43" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V43" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W43" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X43" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y43" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z43" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA43" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB43" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC43" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD43" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE43" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF43" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG43" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH43" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI43" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ43" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK43" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL43" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44">
+        <v>43</v>
+      </c>
+      <c r="B44" t="s">
+        <v>98</v>
+      </c>
+      <c r="C44" t="inlineStr" s="4">
+        <is>
+          <t>2879Про внесення змін до  п.2 рішення Марганецької міської ради від 18.12.2025 року №2463-59/ VIII  «Про затвердження  Програми реформування і  розвитку житлово-комунального господарства Марганецької</t>
+        </is>
+      </c>
+      <c r="D44" t="s">
+        <v>36</v>
+      </c>
+      <c r="E44" t="s">
+        <v>37</v>
+      </c>
+      <c r="F44" t="s">
+        <v>65</v>
+      </c>
+      <c r="G44" t="s">
+        <v>39</v>
+      </c>
+      <c r="H44" t="s">
+        <v>40</v>
+      </c>
+      <c r="I44" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J44" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K44" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L44" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M44" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N44" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O44" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P44" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q44" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R44" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S44" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T44" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U44" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V44" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W44" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X44" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y44" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z44" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA44" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB44" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC44" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD44" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE44" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF44" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG44" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH44" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI44" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ44" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK44" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL44" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45">
+        <v>44</v>
+      </c>
+      <c r="B45" t="s">
+        <v>99</v>
+      </c>
+      <c r="C45" t="inlineStr" s="4">
+        <is>
+          <t>2880Про внесення змін до п.2 рішення Марганецької міської ради від 18.12.2025 року №2464-59/ VIII  «Про затвердження Програми щодо надання фінансової підтримки комунальним підприємствам на 2026-2027 роки»</t>
+        </is>
+      </c>
+      <c r="D45" t="s">
+        <v>36</v>
+      </c>
+      <c r="E45" t="s">
+        <v>37</v>
+      </c>
+      <c r="F45" t="s">
+        <v>65</v>
+      </c>
+      <c r="G45" t="s">
+        <v>39</v>
+      </c>
+      <c r="H45" t="s">
+        <v>40</v>
+      </c>
+      <c r="I45" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J45" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K45" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L45" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M45" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N45" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O45" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P45" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q45" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R45" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S45" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T45" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U45" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V45" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W45" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X45" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y45" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z45" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA45" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB45" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC45" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD45" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE45" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF45" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG45" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH45" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI45" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ45" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK45" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL45" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46">
+        <v>45</v>
+      </c>
+      <c r="B46" t="s">
+        <v>100</v>
+      </c>
+      <c r="C46" t="inlineStr" s="4">
+        <is>
+          <t>2881Про внесення змін до рішення Марганецької міської ради від 18 грудня 2025 року № 2465-59/VIIІ «Про затвердження заходів з утримання та ремонту об’єктів та елементів благоустрою Марганецької</t>
+        </is>
+      </c>
+      <c r="D46" t="s">
+        <v>36</v>
+      </c>
+      <c r="E46" t="s">
+        <v>37</v>
+      </c>
+      <c r="F46" t="s">
+        <v>79</v>
+      </c>
+      <c r="G46" t="s">
+        <v>39</v>
+      </c>
+      <c r="H46" t="s">
+        <v>40</v>
+      </c>
+      <c r="I46" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J46" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K46" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L46" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M46" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N46" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O46" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P46" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q46" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R46" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S46" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T46" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U46" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V46" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W46" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X46" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y46" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z46" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA46" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB46" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC46" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD46" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE46" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF46" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG46" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH46" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI46" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ46" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK46" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL46" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47">
+        <v>46</v>
+      </c>
+      <c r="B47" t="s">
+        <v>101</v>
+      </c>
+      <c r="C47" t="inlineStr" s="4">
+        <is>
+          <t>2882Про внесення змін до рішення Марганецької міської ради від 18 грудня 2025 року № 2470-59/VIII «Про бюджет Марганецької міської територіальної громади на 2026 рік (код бюджету 0456100000)»</t>
+        </is>
+      </c>
+      <c r="D47" t="s">
+        <v>36</v>
+      </c>
+      <c r="E47" t="s">
+        <v>37</v>
+      </c>
+      <c r="F47" t="s">
+        <v>65</v>
+      </c>
+      <c r="G47" t="s">
+        <v>39</v>
+      </c>
+      <c r="H47" t="s">
+        <v>40</v>
+      </c>
+      <c r="I47" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J47" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K47" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L47" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M47" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N47" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O47" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P47" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q47" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R47" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S47" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T47" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U47" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V47" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W47" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X47" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y47" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z47" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA47" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB47" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC47" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD47" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE47" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF47" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG47" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH47" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI47" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ47" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK47" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL47" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48">
+        <v>47</v>
+      </c>
+      <c r="B48" t="s">
+        <v>102</v>
+      </c>
+      <c r="C48" t="inlineStr" s="4">
+        <is>
+          <t>2883Про внесення змін до рішення Марганецької міської ради від  29.10.2025 р. №  2379-58-5/VIII «Про надання дозволу комунальному підприємству «Комунальник» Марганецької міської ради» на отримання</t>
+        </is>
+      </c>
+      <c r="D48" t="s">
+        <v>36</v>
+      </c>
+      <c r="E48" t="s">
+        <v>37</v>
+      </c>
+      <c r="F48" t="s">
+        <v>65</v>
+      </c>
+      <c r="G48" t="s">
+        <v>39</v>
+      </c>
+      <c r="H48" t="s">
+        <v>40</v>
+      </c>
+      <c r="I48" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J48" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K48" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L48" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M48" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N48" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O48" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P48" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q48" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R48" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S48" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T48" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U48" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V48" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W48" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X48" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y48" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z48" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA48" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB48" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC48" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD48" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE48" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF48" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG48" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH48" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI48" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ48" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK48" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL48" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49">
+        <v>48</v>
+      </c>
+      <c r="B49" t="s">
+        <v>103</v>
+      </c>
+      <c r="C49" t="inlineStr" s="4">
+        <is>
+          <t>2884Про хід  виконання  Програми підтримки об’єднань співвласників багатоквартирних будинків та ЖБК в місті Марганці Нікопольського району Дніпропетровської області  на 2021-2025 роки</t>
+        </is>
+      </c>
+      <c r="D49" t="s">
+        <v>36</v>
+      </c>
+      <c r="E49" t="s">
+        <v>37</v>
+      </c>
+      <c r="F49" t="s">
+        <v>65</v>
+      </c>
+      <c r="G49" t="s">
+        <v>39</v>
+      </c>
+      <c r="H49" t="s">
+        <v>40</v>
+      </c>
+      <c r="I49" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J49" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K49" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L49" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M49" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N49" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O49" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P49" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q49" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R49" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S49" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T49" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U49" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V49" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W49" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X49" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y49" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z49" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA49" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB49" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC49" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD49" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE49" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF49" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG49" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH49" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI49" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ49" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK49" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL49" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50">
+        <v>49</v>
+      </c>
+      <c r="B50" t="s">
+        <v>104</v>
+      </c>
+      <c r="C50" t="inlineStr" s="4">
+        <is>
+          <t>2885Про хід виконання Програми регулювання чисельності безпритульних тварин гуманними методами в місті Марганці Нікопольського району Дніпропетровської області на 2021-2025 роки</t>
+        </is>
+      </c>
+      <c r="D50" t="s">
+        <v>36</v>
+      </c>
+      <c r="E50" t="s">
+        <v>37</v>
+      </c>
+      <c r="F50" t="s">
         <v>105</v>
       </c>
-      <c r="J42" t="s">
+      <c r="G50" t="s">
+        <v>39</v>
+      </c>
+      <c r="H50" t="s">
+        <v>40</v>
+      </c>
+      <c r="I50" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J50" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K50" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L50" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M50" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N50" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O50" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P50" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q50" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R50" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S50" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T50" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U50" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V50" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W50" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X50" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y50" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z50" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA50" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB50" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC50" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD50" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE50" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF50" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG50" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH50" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI50" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ50" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK50" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL50" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51">
+        <v>50</v>
+      </c>
+      <c r="B51" t="s">
+        <v>106</v>
+      </c>
+      <c r="C51" t="inlineStr" s="4">
+        <is>
+          <t>2886Про  внесення змін до п.2 рішення Марганецької міської ради від 28.01.2021 року №107-5/ VIII «Про визначення орендодавця комунального майна Марганецької міської територіальної громади</t>
+        </is>
+      </c>
+      <c r="D51" t="s">
+        <v>36</v>
+      </c>
+      <c r="E51" t="s">
+        <v>37</v>
+      </c>
+      <c r="F51" t="s">
+        <v>65</v>
+      </c>
+      <c r="G51" t="s">
+        <v>39</v>
+      </c>
+      <c r="H51" t="s">
+        <v>40</v>
+      </c>
+      <c r="I51" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J51" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K51" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L51" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M51" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N51" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O51" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P51" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q51" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R51" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S51" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T51" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U51" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V51" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W51" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X51" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y51" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z51" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA51" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB51" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC51" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD51" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE51" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF51" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG51" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH51" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI51" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ51" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK51" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL51" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52">
+        <v>51</v>
+      </c>
+      <c r="B52" t="s">
+        <v>107</v>
+      </c>
+      <c r="C52" t="inlineStr" s="4">
+        <is>
+          <t>2887Про затвердження статуту комунального підприємства «Інфраструктурного розвитку та благоустрою Марганецької міської територіальної громади» в новій редакції</t>
+        </is>
+      </c>
+      <c r="D52" t="s">
+        <v>36</v>
+      </c>
+      <c r="E52" t="s">
+        <v>37</v>
+      </c>
+      <c r="F52" t="s">
+        <v>65</v>
+      </c>
+      <c r="G52" t="s">
+        <v>39</v>
+      </c>
+      <c r="H52" t="s">
+        <v>40</v>
+      </c>
+      <c r="I52" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J52" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K52" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L52" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M52" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N52" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O52" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P52" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q52" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R52" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S52" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T52" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U52" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V52" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W52" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X52" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y52" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z52" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA52" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB52" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC52" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD52" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE52" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF52" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG52" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH52" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI52" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ52" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK52" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL52" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53">
+        <v>52</v>
+      </c>
+      <c r="B53" t="s">
+        <v>108</v>
+      </c>
+      <c r="C53" t="inlineStr" s="4">
+        <is>
+          <t>2888Про надання дозволу комунальному підприємству «Інфраструктурного розвитку та благоустрою Марганецької міської територіальної громади» на придбання лушпиння соняшникового</t>
+        </is>
+      </c>
+      <c r="D53" t="s">
+        <v>36</v>
+      </c>
+      <c r="E53" t="s">
+        <v>37</v>
+      </c>
+      <c r="F53" t="s">
+        <v>65</v>
+      </c>
+      <c r="G53" t="s">
+        <v>39</v>
+      </c>
+      <c r="H53" t="s">
+        <v>40</v>
+      </c>
+      <c r="I53" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J53" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K53" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L53" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M53" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N53" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O53" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P53" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q53" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R53" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S53" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T53" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U53" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V53" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W53" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X53" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y53" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z53" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA53" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB53" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC53" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD53" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE53" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF53" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG53" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH53" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI53" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ53" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK53" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL53" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54">
+        <v>53</v>
+      </c>
+      <c r="B54" t="s">
+        <v>109</v>
+      </c>
+      <c r="C54" t="s" s="4">
+        <v>110</v>
+      </c>
+      <c r="D54" t="s">
+        <v>36</v>
+      </c>
+      <c r="E54" t="s">
+        <v>37</v>
+      </c>
+      <c r="F54" t="s">
+        <v>65</v>
+      </c>
+      <c r="G54" t="s">
+        <v>39</v>
+      </c>
+      <c r="H54" t="s">
+        <v>40</v>
+      </c>
+      <c r="I54" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J54" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K54" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L54" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M54" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N54" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O54" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P54" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q54" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R54" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S54" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T54" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U54" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V54" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W54" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X54" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y54" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z54" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA54" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB54" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC54" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD54" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE54" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF54" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG54" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH54" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI54" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ54" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK54" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL54" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55">
+        <v>54</v>
+      </c>
+      <c r="B55" t="s">
+        <v>111</v>
+      </c>
+      <c r="C55" t="inlineStr" s="4">
+        <is>
+          <t>2890Про надання дозволу КП «ІРБ ММТГ» на укладення договору поворотної фінансової  допомоги з КП «ВУВКГ» ММР</t>
+        </is>
+      </c>
+      <c r="D55" t="s">
+        <v>36</v>
+      </c>
+      <c r="E55" t="s">
+        <v>37</v>
+      </c>
+      <c r="F55" t="s">
+        <v>65</v>
+      </c>
+      <c r="G55" t="s">
+        <v>39</v>
+      </c>
+      <c r="H55" t="s">
+        <v>40</v>
+      </c>
+      <c r="I55" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J55" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K55" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L55" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M55" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N55" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O55" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P55" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q55" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R55" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S55" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T55" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U55" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V55" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W55" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X55" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y55" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z55" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA55" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB55" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC55" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD55" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE55" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF55" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG55" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH55" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI55" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ55" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK55" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL55" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56">
+        <v>55</v>
+      </c>
+      <c r="B56" t="s">
+        <v>112</v>
+      </c>
+      <c r="C56" t="inlineStr" s="4">
+        <is>
+          <t>2891Про надання дозволу КП «Марганецьводоканал» ММР» на укладення договору про надання послуг, пов’язаних з подачею води із використанням гідротехнічних споруд з регіональним офісом водних</t>
+        </is>
+      </c>
+      <c r="D56" t="s">
+        <v>36</v>
+      </c>
+      <c r="E56" t="s">
+        <v>37</v>
+      </c>
+      <c r="F56" t="s">
+        <v>79</v>
+      </c>
+      <c r="G56" t="s">
+        <v>39</v>
+      </c>
+      <c r="H56" t="s">
+        <v>40</v>
+      </c>
+      <c r="I56" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J56" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K56" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L56" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M56" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="N56" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O56" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P56" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q56" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R56" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S56" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T56" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U56" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V56" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W56" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X56" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y56" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z56" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA56" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB56" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC56" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD56" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE56" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF56" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG56" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH56" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI56" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ56" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK56" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL56" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57">
+        <v>56</v>
+      </c>
+      <c r="B57" t="s">
+        <v>113</v>
+      </c>
+      <c r="C57" t="s" s="4">
+        <v>114</v>
+      </c>
+      <c r="D57" t="s">
+        <v>36</v>
+      </c>
+      <c r="E57" t="s">
+        <v>37</v>
+      </c>
+      <c r="F57" t="s">
         <v>105</v>
       </c>
-      <c r="K42" t="s">
+      <c r="G57" t="s">
+        <v>39</v>
+      </c>
+      <c r="H57" t="s">
+        <v>40</v>
+      </c>
+      <c r="I57" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J57" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K57" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L57" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M57" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N57" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O57" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P57" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Q57" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R57" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S57" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T57" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U57" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V57" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W57" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X57" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y57" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z57" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA57" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB57" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC57" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD57" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE57" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF57" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG57" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH57" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI57" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ57" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK57" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL57" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58">
+        <v>57</v>
+      </c>
+      <c r="B58" t="s">
+        <v>115</v>
+      </c>
+      <c r="C58" t="s" s="4">
+        <v>116</v>
+      </c>
+      <c r="D58" t="s">
+        <v>36</v>
+      </c>
+      <c r="E58" t="s">
+        <v>37</v>
+      </c>
+      <c r="F58" t="s">
+        <v>105</v>
+      </c>
+      <c r="G58" t="s">
+        <v>39</v>
+      </c>
+      <c r="H58" t="s">
+        <v>40</v>
+      </c>
+      <c r="I58" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J58" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K58" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L58" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M58" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N58" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O58" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P58" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q58" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R58" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S58" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T58" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U58" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V58" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W58" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X58" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y58" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z58" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA58" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB58" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC58" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD58" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE58" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF58" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG58" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH58" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI58" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ58" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK58" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL58" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59">
+        <v>58</v>
+      </c>
+      <c r="B59" t="s">
+        <v>117</v>
+      </c>
+      <c r="C59" t="s" s="4">
+        <v>118</v>
+      </c>
+      <c r="D59" t="s">
+        <v>36</v>
+      </c>
+      <c r="E59" t="s">
+        <v>37</v>
+      </c>
+      <c r="F59" t="s">
+        <v>65</v>
+      </c>
+      <c r="G59" t="s">
+        <v>39</v>
+      </c>
+      <c r="H59" t="s">
+        <v>40</v>
+      </c>
+      <c r="I59" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J59" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K59" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L59" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M59" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N59" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O59" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P59" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q59" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R59" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S59" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T59" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U59" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V59" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W59" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X59" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y59" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z59" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA59" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB59" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC59" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD59" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE59" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF59" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG59" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH59" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI59" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ59" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK59" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL59" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60">
+        <v>59</v>
+      </c>
+      <c r="B60" t="s">
+        <v>119</v>
+      </c>
+      <c r="C60" t="inlineStr" s="4">
+        <is>
+          <t>2896Про передачу майна управління освіти Марганецької міської ради комунальному підприємству «Комбінат комунальних послуг» Марганецької міської ради» на підставі договору позички</t>
+        </is>
+      </c>
+      <c r="D60" t="s">
+        <v>36</v>
+      </c>
+      <c r="E60" t="s">
+        <v>37</v>
+      </c>
+      <c r="F60" t="s">
+        <v>65</v>
+      </c>
+      <c r="G60" t="s">
+        <v>39</v>
+      </c>
+      <c r="H60" t="s">
+        <v>40</v>
+      </c>
+      <c r="I60" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J60" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K60" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L60" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M60" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N60" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O60" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P60" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q60" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R60" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S60" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T60" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U60" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V60" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W60" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X60" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y60" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z60" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA60" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB60" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC60" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD60" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE60" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF60" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG60" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH60" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI60" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ60" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK60" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL60" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61">
+        <v>60</v>
+      </c>
+      <c r="B61" t="s">
+        <v>120</v>
+      </c>
+      <c r="C61" t="inlineStr" s="4">
+        <is>
+          <t>2897Про передачу в безоплатне безстрокове користування частини нерухомого майна  комунальному підприємству «Комбінат комунальних послуг» Марганецької міської ради»</t>
+        </is>
+      </c>
+      <c r="D61" t="s">
+        <v>36</v>
+      </c>
+      <c r="E61" t="s">
+        <v>37</v>
+      </c>
+      <c r="F61" t="s">
+        <v>65</v>
+      </c>
+      <c r="G61" t="s">
+        <v>39</v>
+      </c>
+      <c r="H61" t="s">
+        <v>40</v>
+      </c>
+      <c r="I61" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J61" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K61" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L61" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M61" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N61" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O61" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P61" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q61" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R61" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S61" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T61" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U61" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V61" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W61" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X61" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y61" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z61" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA61" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB61" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC61" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD61" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE61" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF61" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG61" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH61" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI61" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ61" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK61" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL61" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62">
+        <v>61</v>
+      </c>
+      <c r="B62" t="s">
+        <v>121</v>
+      </c>
+      <c r="C62" t="s" s="4">
+        <v>122</v>
+      </c>
+      <c r="D62" t="s">
+        <v>36</v>
+      </c>
+      <c r="E62" t="s">
+        <v>37</v>
+      </c>
+      <c r="F62" t="s">
+        <v>105</v>
+      </c>
+      <c r="G62" t="s">
+        <v>39</v>
+      </c>
+      <c r="H62" t="s">
+        <v>40</v>
+      </c>
+      <c r="I62" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J62" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K62" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L62" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M62" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N62" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O62" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P62" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q62" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R62" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S62" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T62" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U62" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V62" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W62" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X62" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y62" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z62" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA62" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB62" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC62" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD62" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE62" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF62" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG62" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH62" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI62" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ62" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK62" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL62" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63">
+        <v>62</v>
+      </c>
+      <c r="B63" t="s">
+        <v>123</v>
+      </c>
+      <c r="C63" t="s" s="4">
+        <v>124</v>
+      </c>
+      <c r="D63" t="s">
+        <v>36</v>
+      </c>
+      <c r="E63" t="s">
+        <v>37</v>
+      </c>
+      <c r="F63" t="s">
+        <v>65</v>
+      </c>
+      <c r="G63" t="s">
+        <v>39</v>
+      </c>
+      <c r="H63" t="s">
+        <v>40</v>
+      </c>
+      <c r="I63" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J63" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K63" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L63" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M63" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N63" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O63" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P63" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q63" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R63" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S63" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T63" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U63" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V63" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W63" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X63" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y63" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z63" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA63" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB63" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC63" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD63" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE63" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF63" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG63" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH63" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI63" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ63" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK63" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL63" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64">
+        <v>63</v>
+      </c>
+      <c r="B64" t="s">
+        <v>125</v>
+      </c>
+      <c r="C64" t="s" s="4">
+        <v>126</v>
+      </c>
+      <c r="D64" t="s">
+        <v>36</v>
+      </c>
+      <c r="E64" t="s">
+        <v>37</v>
+      </c>
+      <c r="F64" t="s">
+        <v>105</v>
+      </c>
+      <c r="G64" t="s">
+        <v>39</v>
+      </c>
+      <c r="H64" t="s">
+        <v>40</v>
+      </c>
+      <c r="I64" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J64" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K64" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L64" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M64" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N64" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O64" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P64" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q64" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R64" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S64" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T64" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U64" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V64" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W64" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X64" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y64" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z64" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA64" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB64" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC64" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD64" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE64" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF64" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG64" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH64" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI64" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ64" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK64" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL64" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65">
+        <v>64</v>
+      </c>
+      <c r="B65" t="s">
+        <v>127</v>
+      </c>
+      <c r="C65" t="inlineStr" s="4">
+        <is>
+          <t>2901Про надання  дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки в постійне користування Комунальному підприємству «Інфраструктурного розвитку та благоустрою</t>
+        </is>
+      </c>
+      <c r="D65" t="s">
+        <v>36</v>
+      </c>
+      <c r="E65" t="s">
+        <v>37</v>
+      </c>
+      <c r="F65" t="s">
+        <v>65</v>
+      </c>
+      <c r="G65" t="s">
+        <v>39</v>
+      </c>
+      <c r="H65" t="s">
+        <v>40</v>
+      </c>
+      <c r="I65" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J65" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K65" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L65" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M65" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N65" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O65" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P65" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q65" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R65" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S65" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T65" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U65" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V65" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W65" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X65" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y65" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z65" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA65" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB65" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC65" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD65" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE65" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF65" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG65" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH65" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI65" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ65" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK65" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL65" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66">
+        <v>65</v>
+      </c>
+      <c r="B66" t="s">
+        <v>128</v>
+      </c>
+      <c r="C66" t="inlineStr" s="4">
+        <is>
+          <t>2902Про надання  дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки в постійне користування Комунальному підприємству «Інфраструктурного розвитку та благоустрою</t>
+        </is>
+      </c>
+      <c r="D66" t="s">
+        <v>36</v>
+      </c>
+      <c r="E66" t="s">
+        <v>37</v>
+      </c>
+      <c r="F66" t="s">
+        <v>65</v>
+      </c>
+      <c r="G66" t="s">
+        <v>39</v>
+      </c>
+      <c r="H66" t="s">
+        <v>40</v>
+      </c>
+      <c r="I66" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J66" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K66" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L66" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M66" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N66" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O66" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P66" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q66" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R66" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S66" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T66" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U66" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V66" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W66" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X66" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y66" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z66" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA66" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB66" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC66" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD66" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE66" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF66" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG66" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH66" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI66" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ66" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK66" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL66" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67">
+        <v>66</v>
+      </c>
+      <c r="B67" t="s">
+        <v>129</v>
+      </c>
+      <c r="C67" t="inlineStr" s="4">
+        <is>
+          <t>2903Про продовження договору оренди земельної ділянки Товариству з обмеженою відповідальністю виробничо – торговій фірмі «АЛЬФА-ТЕКС», за адресою: м. Марганець, вул. Київська, № 184</t>
+        </is>
+      </c>
+      <c r="D67" t="s">
+        <v>36</v>
+      </c>
+      <c r="E67" t="s">
+        <v>37</v>
+      </c>
+      <c r="F67" t="s">
+        <v>65</v>
+      </c>
+      <c r="G67" t="s">
+        <v>39</v>
+      </c>
+      <c r="H67" t="s">
+        <v>40</v>
+      </c>
+      <c r="I67" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J67" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K67" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L67" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M67" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N67" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O67" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P67" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q67" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R67" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S67" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T67" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U67" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V67" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W67" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X67" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y67" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z67" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA67" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB67" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC67" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD67" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE67" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF67" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG67" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH67" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI67" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ67" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK67" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL67" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68">
+        <v>67</v>
+      </c>
+      <c r="B68" t="s">
+        <v>130</v>
+      </c>
+      <c r="C68" t="inlineStr" s="4">
+        <is>
+          <t>2904Про продовження договору оренди земельної ділянки Товариству з обмеженою відповідальністю виробничо-торговій фірмі «АЛЬФА-ТЕКС», за адресою: м. Марганець, вул. Єдності, № 164, площею 0,0342 га</t>
+        </is>
+      </c>
+      <c r="D68" t="s">
+        <v>36</v>
+      </c>
+      <c r="E68" t="s">
+        <v>37</v>
+      </c>
+      <c r="F68" t="s">
+        <v>105</v>
+      </c>
+      <c r="G68" t="s">
+        <v>39</v>
+      </c>
+      <c r="H68" t="s">
+        <v>40</v>
+      </c>
+      <c r="I68" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J68" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K68" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L68" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M68" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N68" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O68" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P68" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q68" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R68" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S68" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T68" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U68" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V68" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W68" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X68" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y68" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z68" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA68" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB68" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC68" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD68" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE68" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF68" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG68" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH68" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI68" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ68" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK68" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL68" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69">
+        <v>68</v>
+      </c>
+      <c r="B69" t="s">
+        <v>131</v>
+      </c>
+      <c r="C69" t="inlineStr" s="4">
+        <is>
+          <t>2905Про продовження договору оренди земельної ділянки Товариству з обмеженою відповідальністю виробничо-торговій фірмі «АЛЬФА-ТЕКС», за адресою: м. Марганець, вул. Єдності, № 164</t>
+        </is>
+      </c>
+      <c r="D69" t="s">
+        <v>36</v>
+      </c>
+      <c r="E69" t="s">
+        <v>37</v>
+      </c>
+      <c r="F69" t="s">
+        <v>65</v>
+      </c>
+      <c r="G69" t="s">
+        <v>39</v>
+      </c>
+      <c r="H69" t="s">
+        <v>40</v>
+      </c>
+      <c r="I69" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J69" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K69" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L69" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M69" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N69" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O69" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P69" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q69" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R69" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S69" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T69" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U69" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V69" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W69" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X69" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y69" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z69" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA69" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB69" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC69" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD69" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE69" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF69" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG69" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH69" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI69" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ69" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK69" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL69" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70">
+        <v>69</v>
+      </c>
+      <c r="B70" t="s">
+        <v>132</v>
+      </c>
+      <c r="C70" t="inlineStr" s="4">
+        <is>
+          <t>2906Про продовження терміну виготовлення проєкту землеустрою щодо зміни цільового призначення земельної ділянки, фізичній особі-підприємцю Коновалову Олександру Петровичу, за адресою: м.</t>
+        </is>
+      </c>
+      <c r="D70" t="s">
+        <v>36</v>
+      </c>
+      <c r="E70" t="s">
+        <v>37</v>
+      </c>
+      <c r="F70" t="s">
+        <v>65</v>
+      </c>
+      <c r="G70" t="s">
+        <v>39</v>
+      </c>
+      <c r="H70" t="s">
+        <v>40</v>
+      </c>
+      <c r="I70" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J70" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K70" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L70" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M70" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N70" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O70" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P70" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q70" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R70" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S70" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T70" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U70" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V70" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W70" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X70" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y70" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z70" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA70" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB70" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC70" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD70" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE70" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF70" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG70" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH70" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI70" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ70" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK70" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL70" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71">
+        <v>70</v>
+      </c>
+      <c r="B71" t="s">
+        <v>133</v>
+      </c>
+      <c r="C71" t="inlineStr" s="4">
+        <is>
+          <t>2907Про надання  дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки в користування на умовах оренди громадянину України Тихонову Віктору Івановичу за адресою: м.</t>
+        </is>
+      </c>
+      <c r="D71" t="s">
+        <v>36</v>
+      </c>
+      <c r="E71" t="s">
+        <v>37</v>
+      </c>
+      <c r="F71" t="s">
+        <v>65</v>
+      </c>
+      <c r="G71" t="s">
+        <v>39</v>
+      </c>
+      <c r="H71" t="s">
+        <v>40</v>
+      </c>
+      <c r="I71" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J71" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K71" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L71" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M71" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N71" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O71" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P71" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q71" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R71" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S71" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T71" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U71" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V71" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W71" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X71" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y71" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z71" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA71" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB71" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC71" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD71" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE71" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF71" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG71" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH71" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI71" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ71" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK71" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL71" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72">
+        <v>71</v>
+      </c>
+      <c r="B72" t="s">
+        <v>134</v>
+      </c>
+      <c r="C72" t="inlineStr" s="4">
+        <is>
+          <t>2908Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та передачу у власність громадянам України Водько</t>
+        </is>
+      </c>
+      <c r="D72" t="s">
+        <v>36</v>
+      </c>
+      <c r="E72" t="s">
+        <v>37</v>
+      </c>
+      <c r="F72" t="s">
+        <v>65</v>
+      </c>
+      <c r="G72" t="s">
+        <v>39</v>
+      </c>
+      <c r="H72" t="s">
+        <v>40</v>
+      </c>
+      <c r="I72" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J72" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K72" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L72" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M72" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N72" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O72" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P72" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q72" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R72" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S72" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T72" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U72" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V72" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W72" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X72" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y72" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z72" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA72" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB72" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC72" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD72" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE72" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF72" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG72" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH72" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI72" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ72" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK72" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL72" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73">
+        <v>72</v>
+      </c>
+      <c r="B73" t="s">
+        <v>135</v>
+      </c>
+      <c r="C73" t="inlineStr" s="4">
+        <is>
+          <t>2909Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та передачу у власність громадянину України Міщенку</t>
+        </is>
+      </c>
+      <c r="D73" t="s">
+        <v>36</v>
+      </c>
+      <c r="E73" t="s">
+        <v>37</v>
+      </c>
+      <c r="F73" t="s">
+        <v>105</v>
+      </c>
+      <c r="G73" t="s">
+        <v>39</v>
+      </c>
+      <c r="H73" t="s">
+        <v>40</v>
+      </c>
+      <c r="I73" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J73" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K73" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L73" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M73" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N73" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O73" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P73" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q73" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R73" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S73" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T73" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U73" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V73" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W73" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X73" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y73" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z73" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA73" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB73" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC73" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD73" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE73" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF73" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG73" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH73" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI73" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ73" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK73" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL73" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74">
+        <v>73</v>
+      </c>
+      <c r="B74" t="s">
+        <v>136</v>
+      </c>
+      <c r="C74" t="inlineStr" s="4">
+        <is>
+          <t>2910Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та передачу у власність громадянці України Дубовик</t>
+        </is>
+      </c>
+      <c r="D74" t="s">
+        <v>36</v>
+      </c>
+      <c r="E74" t="s">
+        <v>37</v>
+      </c>
+      <c r="F74" t="s">
+        <v>105</v>
+      </c>
+      <c r="G74" t="s">
+        <v>39</v>
+      </c>
+      <c r="H74" t="s">
+        <v>40</v>
+      </c>
+      <c r="I74" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J74" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K74" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L74" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M74" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N74" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O74" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P74" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q74" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R74" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S74" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T74" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U74" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V74" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W74" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X74" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y74" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z74" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA74" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB74" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC74" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD74" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE74" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF74" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG74" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH74" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI74" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ74" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK74" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL74" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75">
+        <v>74</v>
+      </c>
+      <c r="B75" t="s">
+        <v>137</v>
+      </c>
+      <c r="C75" t="inlineStr" s="4">
+        <is>
+          <t>2911Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та передачу у власність громадянці України</t>
+        </is>
+      </c>
+      <c r="D75" t="s">
+        <v>36</v>
+      </c>
+      <c r="E75" t="s">
+        <v>37</v>
+      </c>
+      <c r="F75" t="s">
+        <v>65</v>
+      </c>
+      <c r="G75" t="s">
+        <v>39</v>
+      </c>
+      <c r="H75" t="s">
+        <v>40</v>
+      </c>
+      <c r="I75" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J75" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K75" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L75" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M75" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N75" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O75" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P75" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q75" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R75" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S75" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T75" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U75" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V75" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W75" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X75" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y75" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z75" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA75" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB75" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC75" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD75" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE75" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF75" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG75" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH75" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI75" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ75" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK75" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL75" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76">
+        <v>75</v>
+      </c>
+      <c r="B76" t="s">
+        <v>138</v>
+      </c>
+      <c r="C76" t="inlineStr" s="4">
+        <is>
+          <t>2912Про затвердження технічної документації із землеустрою щодо поділу та об’єднання земельних  ділянок, що знаходяться у власності громадянина України   Зозулі Сергія Григоровича, по вул.</t>
+        </is>
+      </c>
+      <c r="D76" t="s">
+        <v>36</v>
+      </c>
+      <c r="E76" t="s">
+        <v>37</v>
+      </c>
+      <c r="F76" t="s">
+        <v>65</v>
+      </c>
+      <c r="G76" t="s">
+        <v>39</v>
+      </c>
+      <c r="H76" t="s">
+        <v>40</v>
+      </c>
+      <c r="I76" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J76" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K76" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L76" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M76" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N76" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O76" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P76" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q76" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R76" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S76" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T76" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U76" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V76" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W76" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X76" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y76" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z76" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA76" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB76" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC76" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD76" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE76" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF76" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG76" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH76" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI76" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ76" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK76" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL76" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77">
+        <v>76</v>
+      </c>
+      <c r="B77" t="s">
+        <v>139</v>
+      </c>
+      <c r="C77" t="inlineStr" s="4">
+        <is>
+          <t>2913Про внесення змін до рішення Марганецької міської ради від 23.12.2021 року № 698-43/VIІI «Про затвердження проєкту землеустрою щодо зміни цільового призначення земельної ділянки, та передачу у </t>
+        </is>
+      </c>
+      <c r="D77" t="s">
+        <v>36</v>
+      </c>
+      <c r="E77" t="s">
+        <v>37</v>
+      </c>
+      <c r="F77" t="s">
+        <v>90</v>
+      </c>
+      <c r="G77" t="s">
+        <v>39</v>
+      </c>
+      <c r="H77" t="s">
+        <v>40</v>
+      </c>
+      <c r="I77" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J77" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K77" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L77" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M77" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N77" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O77" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P77" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q77" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R77" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S77" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T77" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U77" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V77" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W77" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X77" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y77" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z77" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA77" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB77" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC77" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD77" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE77" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF77" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG77" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH77" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI77" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ77" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK77" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL77" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78">
+        <v>77</v>
+      </c>
+      <c r="B78" t="s">
+        <v>140</v>
+      </c>
+      <c r="C78" t="inlineStr" s="4">
+        <is>
+          <t>2914Про відмову у наданні дозволу на розроблення проєкту землеустрою щодо зміни цільового призначення земельної ділянки комунальної власності за адресою: м. Марганець,вул. Кленова, № 12-а</t>
+        </is>
+      </c>
+      <c r="D78" t="s">
+        <v>36</v>
+      </c>
+      <c r="E78" t="s">
+        <v>37</v>
+      </c>
+      <c r="F78" t="s">
+        <v>105</v>
+      </c>
+      <c r="G78" t="s">
+        <v>39</v>
+      </c>
+      <c r="H78" t="s">
+        <v>40</v>
+      </c>
+      <c r="I78" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J78" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="K78" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L78" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M78" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N78" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O78" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P78" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q78" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R78" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S78" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T78" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U78" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V78" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W78" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X78" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y78" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z78" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA78" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB78" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC78" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD78" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE78" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF78" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG78" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH78" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI78" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ78" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK78" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL78" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79">
+        <v>78</v>
+      </c>
+      <c r="B79" t="s">
+        <v>141</v>
+      </c>
+      <c r="C79" t="s" s="4">
+        <v>142</v>
+      </c>
+      <c r="D79" t="s">
+        <v>36</v>
+      </c>
+      <c r="E79" t="s">
+        <v>37</v>
+      </c>
+      <c r="F79" t="s">
+        <v>63</v>
+      </c>
+      <c r="G79" t="s">
+        <v>39</v>
+      </c>
+      <c r="H79" t="s">
+        <v>40</v>
+      </c>
+      <c r="I79" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="J79" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K79" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L79" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="M79" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N79" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O79" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P79" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q79" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R79" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="S79" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T79" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U79" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V79" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W79" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X79" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y79" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z79" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA79" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB79" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC79" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD79" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE79" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF79" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG79" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH79" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI79" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ79" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK79" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL79" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80">
+        <v>79</v>
+      </c>
+      <c r="B80" t="s">
+        <v>143</v>
+      </c>
+      <c r="C80" t="inlineStr" s="4">
+        <is>
+          <t>2918Про затвердження Положення про преміювання, встановлення надбавок, доплат та надання матеріальної  допомоги працівникам відділу молоді, культури та спорту Марганецької міської ради </t>
+        </is>
+      </c>
+      <c r="D80" t="s">
+        <v>36</v>
+      </c>
+      <c r="E80" t="s">
+        <v>37</v>
+      </c>
+      <c r="F80" t="s">
+        <v>63</v>
+      </c>
+      <c r="G80" t="s">
+        <v>39</v>
+      </c>
+      <c r="H80" t="s">
+        <v>40</v>
+      </c>
+      <c r="I80" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="J80" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K80" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L80" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="M80" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N80" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O80" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P80" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q80" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R80" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="S80" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T80" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U80" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V80" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W80" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X80" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y80" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z80" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA80" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB80" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC80" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD80" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE80" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF80" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG80" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH80" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI80" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ80" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK80" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL80" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81">
+        <v>80</v>
+      </c>
+      <c r="B81" t="s">
+        <v>144</v>
+      </c>
+      <c r="C81" t="inlineStr" s="4">
+        <is>
+          <t>2919Про внесення змін до штатного розпису комунальних клубних закладів, підпорядкованих відділу молоді, культури та спорту Марганецької міської ради </t>
+        </is>
+      </c>
+      <c r="D81" t="s">
+        <v>36</v>
+      </c>
+      <c r="E81" t="s">
+        <v>37</v>
+      </c>
+      <c r="F81" t="s">
+        <v>63</v>
+      </c>
+      <c r="G81" t="s">
+        <v>39</v>
+      </c>
+      <c r="H81" t="s">
+        <v>40</v>
+      </c>
+      <c r="I81" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="J81" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K81" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L81" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="M81" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N81" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O81" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P81" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q81" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R81" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="S81" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T81" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U81" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V81" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W81" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X81" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y81" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z81" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA81" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB81" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC81" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD81" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE81" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF81" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG81" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH81" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI81" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ81" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK81" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL81" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82">
+        <v>81</v>
+      </c>
+      <c r="B82" t="s">
+        <v>145</v>
+      </c>
+      <c r="C82" t="inlineStr" s="4">
+        <is>
+          <t>2920Про внесення змін до рішення міської ради від 28.12.2022 р №1020-46-1/VIІІ «Про затвердження структури, штатного розпису апарату міської ради та виконавчого комітету Марганецької міської ради»(зі</t>
+        </is>
+      </c>
+      <c r="D82" t="s">
+        <v>36</v>
+      </c>
+      <c r="E82" t="s">
+        <v>37</v>
+      </c>
+      <c r="F82" t="s">
+        <v>63</v>
+      </c>
+      <c r="G82" t="s">
+        <v>39</v>
+      </c>
+      <c r="H82" t="s">
+        <v>40</v>
+      </c>
+      <c r="I82" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="J82" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K82" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L82" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="M82" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N82" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O82" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P82" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q82" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R82" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="S82" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T82" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U82" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V82" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W82" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X82" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y82" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z82" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA82" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB82" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC82" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD82" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE82" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF82" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG82" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH82" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI82" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ82" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK82" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL82" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83">
+        <v>82</v>
+      </c>
+      <c r="B83" t="s">
+        <v>146</v>
+      </c>
+      <c r="C83" t="inlineStr" s="4">
+        <is>
+          <t>2921Про продовження дії договорів про співробітництво та надання приміщення для реалізації спільного проєкту щодо розміщення дитячих центрів</t>
+        </is>
+      </c>
+      <c r="D83" t="s">
+        <v>36</v>
+      </c>
+      <c r="E83" t="s">
+        <v>37</v>
+      </c>
+      <c r="F83" t="s">
+        <v>79</v>
+      </c>
+      <c r="G83" t="s">
+        <v>39</v>
+      </c>
+      <c r="H83" t="s">
+        <v>40</v>
+      </c>
+      <c r="I83" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="J83" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K83" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L83" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="M83" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N83" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O83" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P83" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q83" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R83" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="S83" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T83" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U83" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V83" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W83" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X83" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y83" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z83" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA83" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB83" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC83" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD83" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE83" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF83" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG83" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH83" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI83" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ83" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK83" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL83" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84">
+        <v>83</v>
+      </c>
+      <c r="B84" t="s">
+        <v>147</v>
+      </c>
+      <c r="C84" t="inlineStr" s="4">
+        <is>
+          <t>2922Про прийняття на баланс управління освіти Марганецької міської ради гуманітарної (благодійної) допомоги у вигляді дизель-генератора</t>
+        </is>
+      </c>
+      <c r="D84" t="s">
+        <v>36</v>
+      </c>
+      <c r="E84" t="s">
+        <v>37</v>
+      </c>
+      <c r="F84" t="s">
+        <v>90</v>
+      </c>
+      <c r="G84" t="s">
+        <v>39</v>
+      </c>
+      <c r="H84" t="s">
+        <v>40</v>
+      </c>
+      <c r="I84" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="J84" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K84" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L84" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="M84" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N84" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O84" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P84" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q84" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R84" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="S84" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T84" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U84" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V84" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W84" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X84" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y84" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z84" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA84" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AB84" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC84" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD84" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE84" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF84" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG84" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH84" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI84" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ84" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK84" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL84" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85">
+        <v>84</v>
+      </c>
+      <c r="B85" t="s">
+        <v>148</v>
+      </c>
+      <c r="C85" t="s" s="4">
+        <v>149</v>
+      </c>
+      <c r="D85" t="s">
+        <v>36</v>
+      </c>
+      <c r="E85" t="s">
+        <v>37</v>
+      </c>
+      <c r="F85" t="s">
+        <v>63</v>
+      </c>
+      <c r="G85" t="s">
+        <v>39</v>
+      </c>
+      <c r="H85" t="s">
+        <v>40</v>
+      </c>
+      <c r="I85" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="J85" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K85" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L85" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="M85" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N85" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O85" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P85" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q85" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R85" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="S85" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T85" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U85" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V85" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W85" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X85" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y85" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z85" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA85" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB85" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC85" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD85" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE85" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF85" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG85" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH85" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI85" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ85" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK85" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL85" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86">
+        <v>85</v>
+      </c>
+      <c r="B86" t="s">
+        <v>150</v>
+      </c>
+      <c r="C86" t="inlineStr" s="4">
+        <is>
+          <t>2924Про визнання об’єктів нерухомого майна комунальною власністю Марганецької міської територіальної громади</t>
+        </is>
+      </c>
+      <c r="D86" t="s">
+        <v>36</v>
+      </c>
+      <c r="E86" t="s">
+        <v>37</v>
+      </c>
+      <c r="F86" t="s">
+        <v>65</v>
+      </c>
+      <c r="G86" t="s">
+        <v>39</v>
+      </c>
+      <c r="H86" t="s">
+        <v>40</v>
+      </c>
+      <c r="I86" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="J86" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="K86" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L86" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="M86" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="N86" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O86" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="P86" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q86" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="R86" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="S86" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T86" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U86" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V86" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W86" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X86" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y86" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z86" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA86" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB86" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC86" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD86" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE86" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF86" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG86" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH86" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI86" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ86" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK86" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL86" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87">
+        <v>86</v>
+      </c>
+      <c r="B87" t="s">
+        <v>151</v>
+      </c>
+      <c r="C87" t="s" s="4">
+        <v>152</v>
+      </c>
+      <c r="D87" t="s">
+        <v>36</v>
+      </c>
+      <c r="E87" t="s">
+        <v>37</v>
+      </c>
+      <c r="F87" t="s">
+        <v>105</v>
+      </c>
+      <c r="G87" t="s">
+        <v>39</v>
+      </c>
+      <c r="H87" t="s">
+        <v>40</v>
+      </c>
+      <c r="I87" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J87" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K87" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L87" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M87" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N87" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O87" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P87" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q87" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R87" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S87" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T87" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U87" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V87" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W87" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X87" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y87" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z87" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA87" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB87" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC87" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD87" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE87" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF87" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG87" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH87" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI87" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ87" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK87" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL87" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88">
+        <v>87</v>
+      </c>
+      <c r="B88" t="s">
+        <v>153</v>
+      </c>
+      <c r="C88" t="inlineStr" s="4">
+        <is>
+          <t>2928Про звіт щодо виконання бюджету Марганецької міської  територіальної громади за 2025 рік</t>
+        </is>
+      </c>
+      <c r="D88" t="s">
+        <v>36</v>
+      </c>
+      <c r="E88" t="s">
+        <v>37</v>
+      </c>
+      <c r="F88" t="s">
+        <v>65</v>
+      </c>
+      <c r="G88" t="s">
+        <v>39</v>
+      </c>
+      <c r="H88" t="s">
+        <v>40</v>
+      </c>
+      <c r="I88" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J88" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K88" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L88" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M88" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N88" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O88" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P88" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q88" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R88" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S88" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T88" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U88" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V88" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W88" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X88" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y88" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z88" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA88" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB88" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC88" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD88" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE88" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF88" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG88" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH88" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI88" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ88" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK88" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL88" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89">
+        <v>88</v>
+      </c>
+      <c r="B89" t="s">
+        <v>154</v>
+      </c>
+      <c r="C89" t="inlineStr" s="4">
+        <is>
+          <t>2929Про виконання Програми соціально-економічного та культурного розвитку Марганецької міської територіальної громади на 2025 рік</t>
+        </is>
+      </c>
+      <c r="D89" t="s">
+        <v>36</v>
+      </c>
+      <c r="E89" t="s">
+        <v>37</v>
+      </c>
+      <c r="F89" t="s">
+        <v>65</v>
+      </c>
+      <c r="G89" t="s">
+        <v>39</v>
+      </c>
+      <c r="H89" t="s">
+        <v>40</v>
+      </c>
+      <c r="I89" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J89" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K89" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L89" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M89" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N89" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O89" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P89" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q89" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R89" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S89" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T89" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U89" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V89" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W89" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X89" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y89" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z89" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA89" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB89" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC89" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD89" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE89" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF89" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG89" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH89" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI89" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ89" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK89" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL89" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90">
+        <v>89</v>
+      </c>
+      <c r="B90" t="s">
+        <v>155</v>
+      </c>
+      <c r="C90" t="inlineStr" s="4">
+        <is>
+          <t>2930Про звіт міського голови щодо здійснення державної регуляторної політики виконавчими органами Марганецької міської ради у 2025 році</t>
+        </is>
+      </c>
+      <c r="D90" t="s">
+        <v>36</v>
+      </c>
+      <c r="E90" t="s">
+        <v>37</v>
+      </c>
+      <c r="F90" t="s">
+        <v>65</v>
+      </c>
+      <c r="G90" t="s">
+        <v>39</v>
+      </c>
+      <c r="H90" t="s">
+        <v>40</v>
+      </c>
+      <c r="I90" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J90" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K90" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L90" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M90" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N90" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O90" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P90" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q90" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R90" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S90" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T90" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U90" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V90" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W90" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X90" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y90" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z90" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA90" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB90" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC90" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD90" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE90" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF90" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG90" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH90" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI90" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ90" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK90" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL90" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91">
+        <v>90</v>
+      </c>
+      <c r="B91" t="s">
+        <v>156</v>
+      </c>
+      <c r="C91" t="inlineStr" s="4">
+        <is>
+          <t>2931Про затвердження Порядку використання субвенції з місцевого бюджету державному бюджету на виконання програм соціально-економічного розвитку регіонів у 2026 році</t>
+        </is>
+      </c>
+      <c r="D91" t="s">
+        <v>36</v>
+      </c>
+      <c r="E91" t="s">
+        <v>37</v>
+      </c>
+      <c r="F91" t="s">
+        <v>65</v>
+      </c>
+      <c r="G91" t="s">
+        <v>39</v>
+      </c>
+      <c r="H91" t="s">
+        <v>40</v>
+      </c>
+      <c r="I91" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J91" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K91" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L91" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M91" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N91" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O91" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P91" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q91" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R91" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S91" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T91" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U91" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V91" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W91" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X91" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y91" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z91" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA91" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB91" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC91" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD91" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE91" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF91" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG91" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH91" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI91" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ91" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK91" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL91" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92">
+        <v>91</v>
+      </c>
+      <c r="B92" t="s">
+        <v>157</v>
+      </c>
+      <c r="C92" t="inlineStr" s="4">
+        <is>
+          <t>2932Про внесення змін до рішення Марганецької міської ради від 18 грудня 2025 року № 2457-59/VIII «Про затвердження  Програми надання фінансової підтримки військовим частинам Сил оборони України на</t>
+        </is>
+      </c>
+      <c r="D92" t="s">
+        <v>36</v>
+      </c>
+      <c r="E92" t="s">
+        <v>37</v>
+      </c>
+      <c r="F92" t="s">
+        <v>90</v>
+      </c>
+      <c r="G92" t="s">
+        <v>39</v>
+      </c>
+      <c r="H92" t="s">
+        <v>40</v>
+      </c>
+      <c r="I92" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J92" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K92" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L92" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M92" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N92" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O92" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P92" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q92" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R92" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S92" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T92" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U92" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V92" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W92" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X92" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y92" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z92" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA92" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB92" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC92" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD92" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE92" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF92" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG92" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH92" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI92" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AJ92" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK92" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL92" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93">
+        <v>92</v>
+      </c>
+      <c r="B93" t="s">
+        <v>158</v>
+      </c>
+      <c r="C93" t="inlineStr" s="4">
+        <is>
+          <t>2933Про внесення змін до рішення Марганецької міської ради від 18 грудня 2025 року № 2459-59/VIII «Про затвердження Програми охорони здоров’я населення Марганецької міської територіальної громади на</t>
+        </is>
+      </c>
+      <c r="D93" t="s">
+        <v>36</v>
+      </c>
+      <c r="E93" t="s">
+        <v>37</v>
+      </c>
+      <c r="F93" t="s">
+        <v>65</v>
+      </c>
+      <c r="G93" t="s">
+        <v>39</v>
+      </c>
+      <c r="H93" t="s">
+        <v>40</v>
+      </c>
+      <c r="I93" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J93" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K93" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L93" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M93" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N93" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O93" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P93" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q93" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R93" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S93" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T93" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U93" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V93" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W93" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X93" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y93" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z93" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA93" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB93" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC93" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD93" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE93" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF93" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG93" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH93" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI93" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ93" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK93" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL93" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94">
+        <v>93</v>
+      </c>
+      <c r="B94" t="s">
+        <v>159</v>
+      </c>
+      <c r="C94" t="inlineStr" s="4">
+        <is>
+          <t>2934Про затвердження міської цільової «Програми удосконалення  надання екстреної медичної допомоги на території Марганецької міської територіальної громади на 2026 рік»</t>
+        </is>
+      </c>
+      <c r="D94" t="s">
+        <v>36</v>
+      </c>
+      <c r="E94" t="s">
+        <v>37</v>
+      </c>
+      <c r="F94" t="s">
+        <v>65</v>
+      </c>
+      <c r="G94" t="s">
+        <v>39</v>
+      </c>
+      <c r="H94" t="s">
+        <v>40</v>
+      </c>
+      <c r="I94" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J94" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K94" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L94" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M94" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N94" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O94" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P94" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q94" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R94" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S94" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T94" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U94" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V94" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W94" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X94" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y94" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z94" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA94" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB94" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC94" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD94" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE94" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF94" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG94" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH94" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI94" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ94" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK94" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL94" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95">
+        <v>94</v>
+      </c>
+      <c r="B95" t="s">
+        <v>160</v>
+      </c>
+      <c r="C95" t="inlineStr" s="4">
+        <is>
+          <t>2935Про затвердження Порядку використання іншої субвенції з місцевого бюджету обласному бюджету у 2026 році</t>
+        </is>
+      </c>
+      <c r="D95" t="s">
+        <v>36</v>
+      </c>
+      <c r="E95" t="s">
+        <v>37</v>
+      </c>
+      <c r="F95" t="s">
+        <v>79</v>
+      </c>
+      <c r="G95" t="s">
+        <v>39</v>
+      </c>
+      <c r="H95" t="s">
+        <v>40</v>
+      </c>
+      <c r="I95" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J95" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K95" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L95" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M95" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N95" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O95" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P95" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q95" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R95" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S95" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T95" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U95" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V95" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W95" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X95" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y95" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z95" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA95" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB95" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC95" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD95" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE95" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF95" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG95" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH95" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI95" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ95" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK95" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL95" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96">
+        <v>95</v>
+      </c>
+      <c r="B96" t="s">
+        <v>161</v>
+      </c>
+      <c r="C96" t="inlineStr" s="4">
+        <is>
+          <t>2936Про затвердження Програми розвитку системи забезпечення захисту населення Марганецької міської територіальної громади від злочинних та протиправних проявів, забезпечення безпеки</t>
+        </is>
+      </c>
+      <c r="D96" t="s">
+        <v>36</v>
+      </c>
+      <c r="E96" t="s">
+        <v>37</v>
+      </c>
+      <c r="F96" t="s">
+        <v>65</v>
+      </c>
+      <c r="G96" t="s">
+        <v>39</v>
+      </c>
+      <c r="H96" t="s">
+        <v>40</v>
+      </c>
+      <c r="I96" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J96" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K96" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L96" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M96" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N96" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O96" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P96" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q96" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R96" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S96" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T96" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U96" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V96" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W96" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X96" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y96" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z96" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA96" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB96" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC96" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD96" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE96" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF96" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG96" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH96" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI96" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ96" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK96" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL96" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97">
+        <v>96</v>
+      </c>
+      <c r="B97" t="s">
+        <v>162</v>
+      </c>
+      <c r="C97" t="inlineStr" s="4">
+        <is>
+          <t>2937Про внесення змін до  п.2 рішення Марганецької міської ради від 18.12.2025 року №2463-59/ VIII «Про затвердження  Програми реформування і розвитку житлово-комунального господарства Марганецької</t>
+        </is>
+      </c>
+      <c r="D97" t="s">
+        <v>36</v>
+      </c>
+      <c r="E97" t="s">
+        <v>37</v>
+      </c>
+      <c r="F97" t="s">
+        <v>65</v>
+      </c>
+      <c r="G97" t="s">
+        <v>39</v>
+      </c>
+      <c r="H97" t="s">
+        <v>40</v>
+      </c>
+      <c r="I97" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J97" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K97" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L97" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M97" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N97" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O97" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P97" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q97" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R97" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S97" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T97" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U97" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V97" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W97" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X97" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y97" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z97" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA97" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB97" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC97" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD97" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE97" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF97" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG97" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH97" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI97" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ97" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK97" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL97" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98">
+        <v>97</v>
+      </c>
+      <c r="B98" t="s">
+        <v>163</v>
+      </c>
+      <c r="C98" t="inlineStr" s="4">
+        <is>
+          <t>2938Про внесення змін до п.2 рішення Марганецької міської ради від 18.12.2025 року №2464-59/ VIII  «Про затвердження Програми щодо надання фінансової підтримки комунальним підприємствам на 2026-2027 роки»</t>
+        </is>
+      </c>
+      <c r="D98" t="s">
+        <v>36</v>
+      </c>
+      <c r="E98" t="s">
+        <v>37</v>
+      </c>
+      <c r="F98" t="s">
+        <v>65</v>
+      </c>
+      <c r="G98" t="s">
+        <v>39</v>
+      </c>
+      <c r="H98" t="s">
+        <v>40</v>
+      </c>
+      <c r="I98" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J98" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K98" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L98" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M98" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N98" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O98" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P98" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q98" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R98" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S98" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T98" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U98" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V98" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W98" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X98" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y98" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z98" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA98" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB98" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC98" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD98" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE98" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF98" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG98" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH98" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI98" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ98" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK98" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL98" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99">
+        <v>98</v>
+      </c>
+      <c r="B99" t="s">
+        <v>164</v>
+      </c>
+      <c r="C99" t="inlineStr" s="4">
+        <is>
+          <t>2939Про внесення змін до рішення Марганецької міської ради від 18 грудня 2025 року № 2465-59/VIIІ «Про затвердження заходів з утримання та ремонту об’єктів та елементів благоустрою Марганецької</t>
+        </is>
+      </c>
+      <c r="D99" t="s">
+        <v>36</v>
+      </c>
+      <c r="E99" t="s">
+        <v>37</v>
+      </c>
+      <c r="F99" t="s">
+        <v>105</v>
+      </c>
+      <c r="G99" t="s">
+        <v>39</v>
+      </c>
+      <c r="H99" t="s">
+        <v>40</v>
+      </c>
+      <c r="I99" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J99" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K99" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L99" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M99" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N99" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O99" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P99" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q99" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R99" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S99" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T99" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U99" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V99" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W99" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X99" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y99" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z99" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA99" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB99" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC99" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD99" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE99" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF99" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG99" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH99" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI99" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ99" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK99" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL99" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100">
+        <v>99</v>
+      </c>
+      <c r="B100" t="s">
+        <v>165</v>
+      </c>
+      <c r="C100" t="inlineStr" s="4">
+        <is>
+          <t>2940Про внесення змін до рішення Марганецької міської ради від 18 грудня 2025 року № 2470-59/VIII «Про бюджет Марганецької міської територіальної громади на 2026 рік (код бюджету 0456100000)» (зі змінами)</t>
+        </is>
+      </c>
+      <c r="D100" t="s">
+        <v>36</v>
+      </c>
+      <c r="E100" t="s">
+        <v>37</v>
+      </c>
+      <c r="F100" t="s">
+        <v>65</v>
+      </c>
+      <c r="G100" t="s">
+        <v>39</v>
+      </c>
+      <c r="H100" t="s">
+        <v>40</v>
+      </c>
+      <c r="I100" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J100" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K100" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L100" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M100" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N100" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O100" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P100" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q100" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R100" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S100" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T100" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U100" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V100" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W100" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X100" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y100" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z100" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA100" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB100" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC100" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD100" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE100" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF100" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG100" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH100" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI100" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ100" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK100" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL100" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101">
+        <v>100</v>
+      </c>
+      <c r="B101" t="s">
+        <v>166</v>
+      </c>
+      <c r="C101" t="inlineStr" s="4">
+        <is>
+          <t>2941Про затвердження Положення про відділ охорони здоров`я виконавчого комітету Марганецької міської ради</t>
+        </is>
+      </c>
+      <c r="D101" t="s">
+        <v>36</v>
+      </c>
+      <c r="E101" t="s">
+        <v>37</v>
+      </c>
+      <c r="F101" t="s">
+        <v>65</v>
+      </c>
+      <c r="G101" t="s">
+        <v>39</v>
+      </c>
+      <c r="H101" t="s">
+        <v>40</v>
+      </c>
+      <c r="I101" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J101" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K101" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L101" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M101" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N101" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O101" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P101" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q101" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R101" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S101" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T101" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U101" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V101" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W101" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X101" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y101" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z101" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA101" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB101" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC101" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD101" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE101" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF101" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG101" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH101" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI101" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ101" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK101" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL101" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102">
+        <v>101</v>
+      </c>
+      <c r="B102" t="s">
+        <v>167</v>
+      </c>
+      <c r="C102" t="inlineStr" s="4">
+        <is>
+          <t>2942Про призначення відповідальних за передачу на державне зберігання до архівного сектору Марганецької міської ради документів Національного архівного фонду (НАФ) міської ради та її</t>
+        </is>
+      </c>
+      <c r="D102" t="s">
+        <v>36</v>
+      </c>
+      <c r="E102" t="s">
+        <v>37</v>
+      </c>
+      <c r="F102" t="s">
+        <v>79</v>
+      </c>
+      <c r="G102" t="s">
+        <v>39</v>
+      </c>
+      <c r="H102" t="s">
+        <v>40</v>
+      </c>
+      <c r="I102" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J102" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K102" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L102" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M102" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N102" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O102" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P102" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q102" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R102" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S102" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T102" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U102" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V102" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W102" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X102" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y102" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z102" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA102" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB102" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC102" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD102" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE102" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF102" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG102" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH102" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI102" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ102" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK102" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL102" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103">
+        <v>102</v>
+      </c>
+      <c r="B103" t="s">
+        <v>168</v>
+      </c>
+      <c r="C103" t="inlineStr" s="4">
+        <is>
+          <t>2943Про затвердження Переліку адміністративних послуг, які надаються через відділ «Центр надання адміністративних послуг» виконавчого комітету Марганецької міської ради</t>
+        </is>
+      </c>
+      <c r="D103" t="s">
+        <v>36</v>
+      </c>
+      <c r="E103" t="s">
+        <v>37</v>
+      </c>
+      <c r="F103" t="s">
+        <v>65</v>
+      </c>
+      <c r="G103" t="s">
+        <v>39</v>
+      </c>
+      <c r="H103" t="s">
+        <v>40</v>
+      </c>
+      <c r="I103" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J103" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K103" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L103" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M103" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N103" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O103" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P103" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q103" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R103" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S103" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T103" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U103" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V103" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W103" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X103" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y103" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z103" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA103" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB103" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC103" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD103" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE103" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF103" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG103" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH103" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI103" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ103" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK103" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL103" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104">
+        <v>103</v>
+      </c>
+      <c r="B104" t="s">
+        <v>169</v>
+      </c>
+      <c r="C104" t="inlineStr" s="4">
+        <is>
+          <t>2944Про внесення змін до рішення міської ради від 28.12.2022 р №1020-46-1/VIІІ «Про затвердження структури, штатного розпису апарату міської ради та виконавчого комітету Марганецької міської ради»(зі</t>
+        </is>
+      </c>
+      <c r="D104" t="s">
+        <v>36</v>
+      </c>
+      <c r="E104" t="s">
+        <v>37</v>
+      </c>
+      <c r="F104" t="s">
+        <v>65</v>
+      </c>
+      <c r="G104" t="s">
+        <v>39</v>
+      </c>
+      <c r="H104" t="s">
+        <v>40</v>
+      </c>
+      <c r="I104" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J104" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K104" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L104" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M104" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N104" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O104" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P104" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q104" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R104" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S104" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T104" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U104" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V104" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W104" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X104" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y104" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z104" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA104" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB104" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC104" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD104" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE104" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF104" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG104" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH104" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI104" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ104" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK104" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL104" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105">
+        <v>104</v>
+      </c>
+      <c r="B105" t="s">
+        <v>170</v>
+      </c>
+      <c r="C105" t="inlineStr" s="4">
+        <is>
+          <t>2945Про внесення змін до додатків 6 та 8 рішення Марганецької міської ради від 10.09.2025 № 2308-58-2/VIIІ «Про затвердження мережі та штатних розписів закладів, установ освіти Марганецької міської</t>
+        </is>
+      </c>
+      <c r="D105" t="s">
+        <v>36</v>
+      </c>
+      <c r="E105" t="s">
+        <v>37</v>
+      </c>
+      <c r="F105" t="s">
+        <v>65</v>
+      </c>
+      <c r="G105" t="s">
+        <v>39</v>
+      </c>
+      <c r="H105" t="s">
+        <v>40</v>
+      </c>
+      <c r="I105" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J105" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K105" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L105" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M105" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N105" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O105" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P105" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q105" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R105" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S105" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T105" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U105" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V105" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W105" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X105" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y105" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z105" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA105" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB105" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC105" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD105" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE105" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF105" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG105" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH105" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI105" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ105" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK105" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL105" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106">
+        <v>105</v>
+      </c>
+      <c r="B106" t="s">
+        <v>171</v>
+      </c>
+      <c r="C106" t="inlineStr" s="4">
+        <is>
+          <t>2946Про звіт про виконання управлінням освіти Марганецької міської ради Комплексної програми розвитку освіти в місті Марганці на 2022-2025 роки (зі змінами), затвердженої рішенням Марганецької</t>
+        </is>
+      </c>
+      <c r="D106" t="s">
+        <v>36</v>
+      </c>
+      <c r="E106" t="s">
+        <v>37</v>
+      </c>
+      <c r="F106" t="s">
+        <v>79</v>
+      </c>
+      <c r="G106" t="s">
+        <v>39</v>
+      </c>
+      <c r="H106" t="s">
+        <v>40</v>
+      </c>
+      <c r="I106" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J106" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K106" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L106" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M106" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N106" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O106" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P106" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q106" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R106" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S106" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T106" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U106" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V106" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W106" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X106" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y106" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z106" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA106" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB106" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC106" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD106" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE106" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF106" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG106" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH106" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI106" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ106" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK106" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL106" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107">
         <v>106</v>
       </c>
-      <c r="L42" t="s">
+      <c r="B107" t="s">
+        <v>172</v>
+      </c>
+      <c r="C107" t="inlineStr" s="4">
+        <is>
+          <t>2947Про хід виконання Програми реформування і  розвитку житлово-комунального господарства міста Марганця  Нікопольського району Дніпропетровської області на 2021-2025 роки</t>
+        </is>
+      </c>
+      <c r="D107" t="s">
+        <v>36</v>
+      </c>
+      <c r="E107" t="s">
+        <v>37</v>
+      </c>
+      <c r="F107" t="s">
+        <v>65</v>
+      </c>
+      <c r="G107" t="s">
+        <v>39</v>
+      </c>
+      <c r="H107" t="s">
+        <v>40</v>
+      </c>
+      <c r="I107" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J107" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K107" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L107" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M107" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N107" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O107" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P107" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q107" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R107" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S107" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T107" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U107" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V107" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W107" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X107" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y107" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z107" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA107" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB107" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC107" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD107" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE107" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF107" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG107" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH107" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI107" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ107" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK107" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL107" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108">
+        <v>107</v>
+      </c>
+      <c r="B108" t="s">
+        <v>173</v>
+      </c>
+      <c r="C108" t="inlineStr" s="4">
+        <is>
+          <t>2948Про хід виконання Програми щодо надання фінансової підтримки комунальним підприємствам на 2021-2025 роки</t>
+        </is>
+      </c>
+      <c r="D108" t="s">
+        <v>36</v>
+      </c>
+      <c r="E108" t="s">
+        <v>37</v>
+      </c>
+      <c r="F108" t="s">
+        <v>65</v>
+      </c>
+      <c r="G108" t="s">
+        <v>39</v>
+      </c>
+      <c r="H108" t="s">
+        <v>40</v>
+      </c>
+      <c r="I108" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J108" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K108" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L108" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M108" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N108" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O108" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P108" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q108" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R108" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S108" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T108" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U108" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V108" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W108" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X108" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y108" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z108" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA108" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB108" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC108" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD108" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE108" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF108" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG108" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH108" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI108" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ108" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK108" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL108" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109">
+        <v>108</v>
+      </c>
+      <c r="B109" t="s">
+        <v>174</v>
+      </c>
+      <c r="C109" t="inlineStr" s="4">
+        <is>
+          <t>2949Про надання дозволу КП «Марганецька ЦМЛ» ММР» на передачу транспортного засобу в позичку КП «Марганецьводоканал» ММР»</t>
+        </is>
+      </c>
+      <c r="D109" t="s">
+        <v>36</v>
+      </c>
+      <c r="E109" t="s">
+        <v>37</v>
+      </c>
+      <c r="F109" t="s">
+        <v>65</v>
+      </c>
+      <c r="G109" t="s">
+        <v>39</v>
+      </c>
+      <c r="H109" t="s">
+        <v>40</v>
+      </c>
+      <c r="I109" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J109" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K109" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L109" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M109" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N109" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O109" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P109" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q109" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R109" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S109" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T109" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U109" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V109" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W109" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X109" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y109" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z109" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA109" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB109" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC109" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD109" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE109" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF109" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG109" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH109" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI109" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ109" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK109" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL109" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110">
+        <v>109</v>
+      </c>
+      <c r="B110" t="s">
+        <v>175</v>
+      </c>
+      <c r="C110" t="s" s="4">
+        <v>176</v>
+      </c>
+      <c r="D110" t="s">
+        <v>36</v>
+      </c>
+      <c r="E110" t="s">
+        <v>37</v>
+      </c>
+      <c r="F110" t="s">
+        <v>65</v>
+      </c>
+      <c r="G110" t="s">
+        <v>39</v>
+      </c>
+      <c r="H110" t="s">
+        <v>40</v>
+      </c>
+      <c r="I110" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J110" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K110" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L110" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M110" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N110" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O110" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P110" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q110" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R110" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S110" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T110" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U110" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V110" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W110" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X110" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y110" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z110" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA110" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB110" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC110" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD110" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE110" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF110" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG110" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH110" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI110" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ110" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK110" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL110" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111">
+        <v>110</v>
+      </c>
+      <c r="B111" t="s">
+        <v>177</v>
+      </c>
+      <c r="C111" t="s" s="4">
+        <v>178</v>
+      </c>
+      <c r="D111" t="s">
+        <v>36</v>
+      </c>
+      <c r="E111" t="s">
+        <v>37</v>
+      </c>
+      <c r="F111" t="s">
+        <v>65</v>
+      </c>
+      <c r="G111" t="s">
+        <v>39</v>
+      </c>
+      <c r="H111" t="s">
+        <v>40</v>
+      </c>
+      <c r="I111" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J111" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K111" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L111" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M111" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N111" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O111" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P111" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q111" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R111" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S111" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T111" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U111" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V111" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W111" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X111" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y111" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z111" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA111" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB111" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC111" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD111" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE111" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF111" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG111" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH111" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI111" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ111" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK111" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL111" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112">
+        <v>111</v>
+      </c>
+      <c r="B112" t="s">
+        <v>179</v>
+      </c>
+      <c r="C112" t="s" s="4">
+        <v>180</v>
+      </c>
+      <c r="D112" t="s">
+        <v>36</v>
+      </c>
+      <c r="E112" t="s">
+        <v>37</v>
+      </c>
+      <c r="F112" t="s">
         <v>105</v>
       </c>
-      <c r="M42" t="s">
+      <c r="G112" t="s">
+        <v>39</v>
+      </c>
+      <c r="H112" t="s">
+        <v>40</v>
+      </c>
+      <c r="I112" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J112" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K112" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L112" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M112" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N112" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O112" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P112" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q112" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R112" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S112" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T112" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U112" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V112" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W112" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X112" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y112" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z112" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA112" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB112" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC112" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD112" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE112" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF112" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG112" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH112" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI112" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ112" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK112" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL112" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113">
+        <v>112</v>
+      </c>
+      <c r="B113" t="s">
+        <v>181</v>
+      </c>
+      <c r="C113" t="s" s="4">
+        <v>182</v>
+      </c>
+      <c r="D113" t="s">
+        <v>36</v>
+      </c>
+      <c r="E113" t="s">
+        <v>37</v>
+      </c>
+      <c r="F113" t="s">
+        <v>79</v>
+      </c>
+      <c r="G113" t="s">
+        <v>39</v>
+      </c>
+      <c r="H113" t="s">
+        <v>40</v>
+      </c>
+      <c r="I113" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J113" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K113" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L113" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M113" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N113" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O113" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P113" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q113" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R113" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S113" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T113" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U113" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V113" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W113" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="X113" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y113" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z113" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA113" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB113" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC113" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD113" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE113" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF113" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG113" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH113" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI113" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ113" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK113" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL113" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114">
+        <v>113</v>
+      </c>
+      <c r="B114" t="s">
+        <v>183</v>
+      </c>
+      <c r="C114" t="inlineStr" s="4">
+        <is>
+          <t>2954Про  надання  дозволу  на виготовлення проєкту землеустрою щодо зміни цільового призначення земельної ділянки, яка знаходиться в постійному користуванні,  Комунальному підприємству</t>
+        </is>
+      </c>
+      <c r="D114" t="s">
+        <v>36</v>
+      </c>
+      <c r="E114" t="s">
+        <v>37</v>
+      </c>
+      <c r="F114" t="s">
+        <v>65</v>
+      </c>
+      <c r="G114" t="s">
+        <v>39</v>
+      </c>
+      <c r="H114" t="s">
+        <v>40</v>
+      </c>
+      <c r="I114" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J114" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K114" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L114" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M114" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N114" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O114" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P114" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q114" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R114" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S114" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T114" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U114" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V114" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W114" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X114" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y114" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z114" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA114" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB114" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC114" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD114" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE114" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF114" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG114" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH114" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI114" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ114" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK114" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL114" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115">
+        <v>114</v>
+      </c>
+      <c r="B115" t="s">
+        <v>184</v>
+      </c>
+      <c r="C115" t="inlineStr" s="4">
+        <is>
+          <t>2955Про  надання  дозволу  на виготовлення проєкту землеустрою щодо зміни цільового призначення земельної ділянки, яка знаходиться в постійному користуванні, Комунальному підприємству</t>
+        </is>
+      </c>
+      <c r="D115" t="s">
+        <v>36</v>
+      </c>
+      <c r="E115" t="s">
+        <v>37</v>
+      </c>
+      <c r="F115" t="s">
+        <v>65</v>
+      </c>
+      <c r="G115" t="s">
+        <v>39</v>
+      </c>
+      <c r="H115" t="s">
+        <v>40</v>
+      </c>
+      <c r="I115" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J115" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K115" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L115" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M115" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N115" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O115" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P115" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q115" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R115" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S115" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T115" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U115" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V115" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W115" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X115" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y115" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z115" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA115" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB115" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC115" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD115" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE115" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF115" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG115" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH115" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI115" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ115" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK115" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL115" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116">
+        <v>115</v>
+      </c>
+      <c r="B116" t="s">
+        <v>185</v>
+      </c>
+      <c r="C116" t="inlineStr" s="4">
+        <is>
+          <t>2956Про затвердження проєкту землеустрою щодо відведення земельної ділянки в постійне користування Комунальному підприємству «Інфраструктурного розвитку та благоустрою Марганецької</t>
+        </is>
+      </c>
+      <c r="D116" t="s">
+        <v>36</v>
+      </c>
+      <c r="E116" t="s">
+        <v>37</v>
+      </c>
+      <c r="F116" t="s">
+        <v>65</v>
+      </c>
+      <c r="G116" t="s">
+        <v>39</v>
+      </c>
+      <c r="H116" t="s">
+        <v>40</v>
+      </c>
+      <c r="I116" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J116" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K116" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L116" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M116" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N116" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O116" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P116" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q116" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R116" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S116" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T116" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U116" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V116" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W116" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X116" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y116" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z116" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA116" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB116" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC116" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD116" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE116" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF116" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG116" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH116" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI116" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ116" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK116" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL116" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117">
+        <v>116</v>
+      </c>
+      <c r="B117" t="s">
+        <v>186</v>
+      </c>
+      <c r="C117" t="inlineStr" s="4">
+        <is>
+          <t>2957Про затвердження технічної документації із  землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та передачу  у постійне користування Комунальному</t>
+        </is>
+      </c>
+      <c r="D117" t="s">
+        <v>36</v>
+      </c>
+      <c r="E117" t="s">
+        <v>37</v>
+      </c>
+      <c r="F117" t="s">
+        <v>65</v>
+      </c>
+      <c r="G117" t="s">
+        <v>39</v>
+      </c>
+      <c r="H117" t="s">
+        <v>40</v>
+      </c>
+      <c r="I117" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J117" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K117" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L117" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M117" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N117" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O117" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P117" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q117" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R117" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S117" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T117" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U117" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V117" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W117" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X117" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y117" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z117" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA117" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB117" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC117" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD117" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE117" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF117" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG117" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH117" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI117" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ117" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK117" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL117" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118">
+        <v>117</v>
+      </c>
+      <c r="B118" t="s">
+        <v>187</v>
+      </c>
+      <c r="C118" t="inlineStr" s="4">
+        <is>
+          <t>2958Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та передачу  у постійне користування Комунальному</t>
+        </is>
+      </c>
+      <c r="D118" t="s">
+        <v>36</v>
+      </c>
+      <c r="E118" t="s">
+        <v>37</v>
+      </c>
+      <c r="F118" t="s">
         <v>105</v>
       </c>
-      <c r="N42" t="s">
-[...72 lines deleted...]
-        <v>105</v>
+      <c r="G118" t="s">
+        <v>39</v>
+      </c>
+      <c r="H118" t="s">
+        <v>40</v>
+      </c>
+      <c r="I118" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J118" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K118" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L118" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M118" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N118" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O118" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P118" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q118" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R118" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S118" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T118" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U118" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V118" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W118" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X118" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y118" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z118" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA118" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB118" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC118" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD118" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE118" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF118" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG118" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH118" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI118" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ118" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK118" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL118" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119">
+        <v>118</v>
+      </c>
+      <c r="B119" t="s">
+        <v>188</v>
+      </c>
+      <c r="C119" t="inlineStr" s="4">
+        <is>
+          <t>2959Про затвердження технічної документації із  землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та передачу  у постійне користування Комунальному</t>
+        </is>
+      </c>
+      <c r="D119" t="s">
+        <v>36</v>
+      </c>
+      <c r="E119" t="s">
+        <v>37</v>
+      </c>
+      <c r="F119" t="s">
+        <v>65</v>
+      </c>
+      <c r="G119" t="s">
+        <v>39</v>
+      </c>
+      <c r="H119" t="s">
+        <v>40</v>
+      </c>
+      <c r="I119" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J119" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K119" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L119" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M119" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N119" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O119" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P119" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q119" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R119" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S119" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T119" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U119" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V119" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W119" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X119" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y119" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z119" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA119" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB119" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC119" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD119" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE119" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF119" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG119" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH119" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI119" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ119" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK119" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL119" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120">
+        <v>119</v>
+      </c>
+      <c r="B120" t="s">
+        <v>189</v>
+      </c>
+      <c r="C120" t="inlineStr" s="4">
+        <is>
+          <t>2960Про затвердження технічної документації із землеустрою щодо інвентаризації земельної ділянки ТОВ ВКФ «Агро-хліб» за адресою: м. Марганець, вул. Незалежності, біля будівлі № 8 (їдальня № 9)</t>
+        </is>
+      </c>
+      <c r="D120" t="s">
+        <v>36</v>
+      </c>
+      <c r="E120" t="s">
+        <v>37</v>
+      </c>
+      <c r="F120" t="s">
+        <v>79</v>
+      </c>
+      <c r="G120" t="s">
+        <v>39</v>
+      </c>
+      <c r="H120" t="s">
+        <v>40</v>
+      </c>
+      <c r="I120" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J120" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K120" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L120" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="M120" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N120" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O120" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P120" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q120" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R120" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S120" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T120" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U120" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V120" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W120" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X120" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y120" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z120" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA120" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB120" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC120" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD120" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE120" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF120" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG120" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH120" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AI120" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ120" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK120" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL120" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121">
+        <v>120</v>
+      </c>
+      <c r="B121" t="s">
+        <v>190</v>
+      </c>
+      <c r="C121" t="inlineStr" s="4">
+        <is>
+          <t>2961Про затвердження технічної документації із землеустрою щодо поділу та об’єднання земельних  ділянок, за адресою: м. Марганець, вул. Паркова, біля нежитлової будівлі № 1</t>
+        </is>
+      </c>
+      <c r="D121" t="s">
+        <v>36</v>
+      </c>
+      <c r="E121" t="s">
+        <v>37</v>
+      </c>
+      <c r="F121" t="s">
+        <v>65</v>
+      </c>
+      <c r="G121" t="s">
+        <v>39</v>
+      </c>
+      <c r="H121" t="s">
+        <v>40</v>
+      </c>
+      <c r="I121" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J121" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K121" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L121" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M121" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N121" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O121" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P121" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q121" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R121" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S121" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T121" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U121" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V121" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W121" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X121" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y121" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z121" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA121" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB121" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC121" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD121" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE121" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF121" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG121" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH121" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI121" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ121" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK121" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL121" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122">
+        <v>121</v>
+      </c>
+      <c r="B122" t="s">
+        <v>191</v>
+      </c>
+      <c r="C122" t="inlineStr" s="4">
+        <is>
+          <t>2962Про надання дозволу на розроблення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості), у користування на умовах оренди,</t>
+        </is>
+      </c>
+      <c r="D122" t="s">
+        <v>36</v>
+      </c>
+      <c r="E122" t="s">
+        <v>37</v>
+      </c>
+      <c r="F122" t="s">
+        <v>65</v>
+      </c>
+      <c r="G122" t="s">
+        <v>39</v>
+      </c>
+      <c r="H122" t="s">
+        <v>40</v>
+      </c>
+      <c r="I122" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J122" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K122" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L122" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M122" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N122" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O122" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P122" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q122" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R122" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S122" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T122" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U122" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V122" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W122" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X122" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y122" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z122" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA122" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB122" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC122" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD122" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE122" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF122" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG122" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH122" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI122" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ122" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK122" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL122" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123">
+        <v>122</v>
+      </c>
+      <c r="B123" t="s">
+        <v>192</v>
+      </c>
+      <c r="C123" t="inlineStr" s="4">
+        <is>
+          <t>2963Про поновлення договору оренди земельної ділянки Товариству з обмеженою відповідальністю з іноземними інвестиціями «НЗ-ІНВЕСТ», за адресою: м. Марганець, вул. Незалежності, 10-А</t>
+        </is>
+      </c>
+      <c r="D123" t="s">
+        <v>36</v>
+      </c>
+      <c r="E123" t="s">
+        <v>71</v>
+      </c>
+      <c r="F123" t="s">
+        <v>193</v>
+      </c>
+      <c r="G123" t="s">
+        <v>194</v>
+      </c>
+      <c r="H123" t="s">
+        <v>195</v>
+      </c>
+      <c r="I123" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J123" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K123" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L123" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M123" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N123" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O123" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="P123" t="s" s="5">
+        <v>196</v>
+      </c>
+      <c r="Q123" t="s" s="5">
+        <v>197</v>
+      </c>
+      <c r="R123" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S123" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T123" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="U123" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V123" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="W123" t="s" s="5">
+        <v>197</v>
+      </c>
+      <c r="X123" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="Y123" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z123" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AA123" t="s" s="5">
+        <v>197</v>
+      </c>
+      <c r="AB123" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AC123" t="s" s="5">
+        <v>197</v>
+      </c>
+      <c r="AD123" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AE123" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AF123" t="s" s="5">
+        <v>196</v>
+      </c>
+      <c r="AG123" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AH123" t="s" s="5">
+        <v>197</v>
+      </c>
+      <c r="AI123" t="s" s="5">
+        <v>197</v>
+      </c>
+      <c r="AJ123" t="s" s="5">
+        <v>50</v>
+      </c>
+      <c r="AK123" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL123" t="s" s="5">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124">
+        <v>123</v>
+      </c>
+      <c r="B124" t="s">
+        <v>198</v>
+      </c>
+      <c r="C124" t="inlineStr" s="4">
+        <is>
+          <t>2964Про вилучення земельної ділянки із користування на умовах оренди у фізичної особи – підприємця Войскович Тамари Григорівни за адресою: м. Марганець, вул. Торгівельна  </t>
+        </is>
+      </c>
+      <c r="D124" t="s">
+        <v>36</v>
+      </c>
+      <c r="E124" t="s">
+        <v>37</v>
+      </c>
+      <c r="F124" t="s">
+        <v>65</v>
+      </c>
+      <c r="G124" t="s">
+        <v>39</v>
+      </c>
+      <c r="H124" t="s">
+        <v>40</v>
+      </c>
+      <c r="I124" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J124" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K124" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L124" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M124" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N124" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O124" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P124" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q124" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R124" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S124" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T124" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U124" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V124" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W124" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X124" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y124" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z124" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA124" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB124" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC124" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD124" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE124" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF124" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG124" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH124" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI124" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ124" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK124" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL124" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125">
+        <v>124</v>
+      </c>
+      <c r="B125" t="s">
+        <v>199</v>
+      </c>
+      <c r="C125" t="inlineStr" s="4">
+        <is>
+          <t>2965Про затвердження проєкту землеустрою щодо відведення земельної ділянки в користування на умовах оренди громадянці України Білій Ларисі Олександрівні за адресою: м. Марганець, вул.</t>
+        </is>
+      </c>
+      <c r="D125" t="s">
+        <v>36</v>
+      </c>
+      <c r="E125" t="s">
+        <v>37</v>
+      </c>
+      <c r="F125" t="s">
+        <v>65</v>
+      </c>
+      <c r="G125" t="s">
+        <v>39</v>
+      </c>
+      <c r="H125" t="s">
+        <v>40</v>
+      </c>
+      <c r="I125" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J125" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K125" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L125" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M125" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N125" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O125" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P125" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q125" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R125" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S125" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T125" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U125" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V125" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W125" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X125" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y125" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z125" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA125" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB125" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC125" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD125" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE125" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF125" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG125" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH125" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI125" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ125" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK125" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL125" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126">
+        <v>125</v>
+      </c>
+      <c r="B126" t="s">
+        <v>200</v>
+      </c>
+      <c r="C126" t="inlineStr" s="4">
+        <is>
+          <t>2966Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та передачу у власність громадянці України Шагойко</t>
+        </is>
+      </c>
+      <c r="D126" t="s">
+        <v>36</v>
+      </c>
+      <c r="E126" t="s">
+        <v>37</v>
+      </c>
+      <c r="F126" t="s">
+        <v>65</v>
+      </c>
+      <c r="G126" t="s">
+        <v>39</v>
+      </c>
+      <c r="H126" t="s">
+        <v>40</v>
+      </c>
+      <c r="I126" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="J126" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K126" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L126" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="M126" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N126" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O126" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="P126" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Q126" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="R126" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="S126" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T126" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="U126" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V126" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="W126" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="X126" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="Y126" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z126" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AA126" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AB126" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AC126" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AD126" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AE126" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AF126" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AG126" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AH126" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AI126" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AJ126" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AK126" t="s" s="5">
+        <v>41</v>
+      </c>
+      <c r="AL126" t="s" s="5">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127"/>
+      <c r="B127"/>
+      <c r="C127"/>
+      <c r="D127"/>
+      <c r="E127"/>
+      <c r="F127"/>
+      <c r="G127"/>
+      <c r="H127"/>
+      <c r="I127" t="s">
+        <v>201</v>
+      </c>
+      <c r="J127" t="s">
+        <v>202</v>
+      </c>
+      <c r="K127" t="s">
+        <v>72</v>
+      </c>
+      <c r="L127" t="s">
+        <v>203</v>
+      </c>
+      <c r="M127" t="s">
+        <v>204</v>
+      </c>
+      <c r="N127" t="s">
+        <v>205</v>
+      </c>
+      <c r="O127" t="s">
+        <v>206</v>
+      </c>
+      <c r="P127" t="s">
+        <v>207</v>
+      </c>
+      <c r="Q127" t="s">
+        <v>208</v>
+      </c>
+      <c r="R127" t="s">
+        <v>209</v>
+      </c>
+      <c r="S127" t="s">
+        <v>72</v>
+      </c>
+      <c r="T127" t="s">
+        <v>210</v>
+      </c>
+      <c r="U127" t="s">
+        <v>72</v>
+      </c>
+      <c r="V127" t="s">
+        <v>207</v>
+      </c>
+      <c r="W127" t="s">
+        <v>211</v>
+      </c>
+      <c r="X127" t="s">
+        <v>212</v>
+      </c>
+      <c r="Y127" t="s">
+        <v>72</v>
+      </c>
+      <c r="Z127" t="s">
+        <v>210</v>
+      </c>
+      <c r="AA127" t="s">
+        <v>213</v>
+      </c>
+      <c r="AB127" t="s">
+        <v>210</v>
+      </c>
+      <c r="AC127" t="s">
+        <v>212</v>
+      </c>
+      <c r="AD127" t="s">
+        <v>205</v>
+      </c>
+      <c r="AE127" t="s">
+        <v>208</v>
+      </c>
+      <c r="AF127" t="s">
+        <v>208</v>
+      </c>
+      <c r="AG127" t="s">
+        <v>211</v>
+      </c>
+      <c r="AH127" t="s">
+        <v>207</v>
+      </c>
+      <c r="AI127" t="s">
+        <v>214</v>
+      </c>
+      <c r="AJ127" t="s">
+        <v>210</v>
+      </c>
+      <c r="AK127" t="s">
+        <v>212</v>
+      </c>
+      <c r="AL127" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128"/>
+      <c r="B128"/>
+      <c r="C128"/>
+      <c r="D128"/>
+      <c r="E128"/>
+      <c r="F128"/>
+      <c r="G128"/>
+      <c r="H128"/>
+      <c r="I128" t="s">
+        <v>39</v>
+      </c>
+      <c r="J128" t="s">
+        <v>39</v>
+      </c>
+      <c r="K128" t="s">
+        <v>39</v>
+      </c>
+      <c r="L128" t="s">
+        <v>39</v>
+      </c>
+      <c r="M128" t="s">
+        <v>39</v>
+      </c>
+      <c r="N128" t="s">
+        <v>39</v>
+      </c>
+      <c r="O128" t="s">
+        <v>39</v>
+      </c>
+      <c r="P128" t="s">
+        <v>215</v>
+      </c>
+      <c r="Q128" t="s">
+        <v>39</v>
+      </c>
+      <c r="R128" t="s">
+        <v>39</v>
+      </c>
+      <c r="S128" t="s">
+        <v>39</v>
+      </c>
+      <c r="T128" t="s">
+        <v>39</v>
+      </c>
+      <c r="U128" t="s">
+        <v>39</v>
+      </c>
+      <c r="V128" t="s">
+        <v>39</v>
+      </c>
+      <c r="W128" t="s">
+        <v>39</v>
+      </c>
+      <c r="X128" t="s">
+        <v>39</v>
+      </c>
+      <c r="Y128" t="s">
+        <v>39</v>
+      </c>
+      <c r="Z128" t="s">
+        <v>39</v>
+      </c>
+      <c r="AA128" t="s">
+        <v>39</v>
+      </c>
+      <c r="AB128" t="s">
+        <v>39</v>
+      </c>
+      <c r="AC128" t="s">
+        <v>39</v>
+      </c>
+      <c r="AD128" t="s">
+        <v>39</v>
+      </c>
+      <c r="AE128" t="s">
+        <v>39</v>
+      </c>
+      <c r="AF128" t="s">
+        <v>215</v>
+      </c>
+      <c r="AG128" t="s">
+        <v>39</v>
+      </c>
+      <c r="AH128" t="s">
+        <v>39</v>
+      </c>
+      <c r="AI128" t="s">
+        <v>39</v>
+      </c>
+      <c r="AJ128" t="s">
+        <v>39</v>
+      </c>
+      <c r="AK128" t="s">
+        <v>39</v>
+      </c>
+      <c r="AL128" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129"/>
+      <c r="B129"/>
+      <c r="C129"/>
+      <c r="D129"/>
+      <c r="E129"/>
+      <c r="F129"/>
+      <c r="G129"/>
+      <c r="H129"/>
+      <c r="I129" t="s">
+        <v>216</v>
+      </c>
+      <c r="J129" t="s">
+        <v>216</v>
+      </c>
+      <c r="K129" t="s">
+        <v>216</v>
+      </c>
+      <c r="L129" t="s">
+        <v>216</v>
+      </c>
+      <c r="M129" t="s">
+        <v>216</v>
+      </c>
+      <c r="N129" t="s">
+        <v>216</v>
+      </c>
+      <c r="O129" t="s">
+        <v>216</v>
+      </c>
+      <c r="P129" t="s">
+        <v>216</v>
+      </c>
+      <c r="Q129" t="s">
+        <v>217</v>
+      </c>
+      <c r="R129" t="s">
+        <v>216</v>
+      </c>
+      <c r="S129" t="s">
+        <v>216</v>
+      </c>
+      <c r="T129" t="s">
+        <v>216</v>
+      </c>
+      <c r="U129" t="s">
+        <v>216</v>
+      </c>
+      <c r="V129" t="s">
+        <v>216</v>
+      </c>
+      <c r="W129" t="s">
+        <v>217</v>
+      </c>
+      <c r="X129" t="s">
+        <v>216</v>
+      </c>
+      <c r="Y129" t="s">
+        <v>216</v>
+      </c>
+      <c r="Z129" t="s">
+        <v>216</v>
+      </c>
+      <c r="AA129" t="s">
+        <v>217</v>
+      </c>
+      <c r="AB129" t="s">
+        <v>216</v>
+      </c>
+      <c r="AC129" t="s">
+        <v>217</v>
+      </c>
+      <c r="AD129" t="s">
+        <v>216</v>
+      </c>
+      <c r="AE129" t="s">
+        <v>216</v>
+      </c>
+      <c r="AF129" t="s">
+        <v>216</v>
+      </c>
+      <c r="AG129" t="s">
+        <v>216</v>
+      </c>
+      <c r="AH129" t="s">
+        <v>217</v>
+      </c>
+      <c r="AI129" t="s">
+        <v>217</v>
+      </c>
+      <c r="AJ129" t="s">
+        <v>216</v>
+      </c>
+      <c r="AK129" t="s">
+        <v>216</v>
+      </c>
+      <c r="AL129" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130"/>
+      <c r="B130"/>
+      <c r="C130"/>
+      <c r="D130"/>
+      <c r="E130"/>
+      <c r="F130"/>
+      <c r="G130"/>
+      <c r="H130"/>
+      <c r="I130" t="s">
+        <v>218</v>
+      </c>
+      <c r="J130" t="s">
+        <v>219</v>
+      </c>
+      <c r="K130" t="s">
+        <v>220</v>
+      </c>
+      <c r="L130" t="s">
+        <v>221</v>
+      </c>
+      <c r="M130" t="s">
+        <v>222</v>
+      </c>
+      <c r="N130" t="s">
+        <v>220</v>
+      </c>
+      <c r="O130" t="s">
+        <v>223</v>
+      </c>
+      <c r="P130" t="s">
+        <v>219</v>
+      </c>
+      <c r="Q130" t="s">
+        <v>223</v>
+      </c>
+      <c r="R130" t="s">
+        <v>220</v>
+      </c>
+      <c r="S130" t="s">
+        <v>220</v>
+      </c>
+      <c r="T130" t="s">
+        <v>218</v>
+      </c>
+      <c r="U130" t="s">
+        <v>220</v>
+      </c>
+      <c r="V130" t="s">
+        <v>222</v>
+      </c>
+      <c r="W130" t="s">
+        <v>224</v>
+      </c>
+      <c r="X130" t="s">
+        <v>225</v>
+      </c>
+      <c r="Y130" t="s">
+        <v>220</v>
+      </c>
+      <c r="Z130" t="s">
+        <v>218</v>
+      </c>
+      <c r="AA130" t="s">
+        <v>222</v>
+      </c>
+      <c r="AB130" t="s">
+        <v>218</v>
+      </c>
+      <c r="AC130" t="s">
+        <v>220</v>
+      </c>
+      <c r="AD130" t="s">
+        <v>219</v>
+      </c>
+      <c r="AE130" t="s">
+        <v>219</v>
+      </c>
+      <c r="AF130" t="s">
+        <v>223</v>
+      </c>
+      <c r="AG130" t="s">
+        <v>226</v>
+      </c>
+      <c r="AH130" t="s">
+        <v>219</v>
+      </c>
+      <c r="AI130" t="s">
+        <v>225</v>
+      </c>
+      <c r="AJ130" t="s">
+        <v>218</v>
+      </c>
+      <c r="AK130" t="s">
+        <v>225</v>
+      </c>
+      <c r="AL130" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131"/>
+      <c r="B131"/>
+      <c r="C131"/>
+      <c r="D131"/>
+      <c r="E131"/>
+      <c r="F131"/>
+      <c r="G131"/>
+      <c r="H131"/>
+      <c r="I131" t="s">
+        <v>227</v>
+      </c>
+      <c r="J131" t="s">
+        <v>228</v>
+      </c>
+      <c r="K131" t="s">
+        <v>229</v>
+      </c>
+      <c r="L131" t="s">
+        <v>230</v>
+      </c>
+      <c r="M131" t="s">
+        <v>228</v>
+      </c>
+      <c r="N131" t="s">
+        <v>231</v>
+      </c>
+      <c r="O131" t="s">
+        <v>232</v>
+      </c>
+      <c r="P131" t="s">
+        <v>233</v>
+      </c>
+      <c r="Q131" t="s">
+        <v>233</v>
+      </c>
+      <c r="R131" t="s">
+        <v>227</v>
+      </c>
+      <c r="S131" t="s">
+        <v>229</v>
+      </c>
+      <c r="T131" t="s">
+        <v>233</v>
+      </c>
+      <c r="U131" t="s">
+        <v>229</v>
+      </c>
+      <c r="V131" t="s">
+        <v>233</v>
+      </c>
+      <c r="W131" t="s">
+        <v>233</v>
+      </c>
+      <c r="X131" t="s">
+        <v>233</v>
+      </c>
+      <c r="Y131" t="s">
+        <v>229</v>
+      </c>
+      <c r="Z131" t="s">
+        <v>233</v>
+      </c>
+      <c r="AA131" t="s">
+        <v>233</v>
+      </c>
+      <c r="AB131" t="s">
+        <v>233</v>
+      </c>
+      <c r="AC131" t="s">
+        <v>233</v>
+      </c>
+      <c r="AD131" t="s">
+        <v>234</v>
+      </c>
+      <c r="AE131" t="s">
+        <v>233</v>
+      </c>
+      <c r="AF131" t="s">
+        <v>233</v>
+      </c>
+      <c r="AG131" t="s">
+        <v>233</v>
+      </c>
+      <c r="AH131" t="s">
+        <v>233</v>
+      </c>
+      <c r="AI131" t="s">
+        <v>235</v>
+      </c>
+      <c r="AJ131" t="s">
+        <v>233</v>
+      </c>
+      <c r="AK131" t="s">
+        <v>233</v>
+      </c>
+      <c r="AL131" t="s">
+        <v>233</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>