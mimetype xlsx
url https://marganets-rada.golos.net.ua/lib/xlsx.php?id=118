--- v0 (2025-11-03)
+++ v1 (2025-12-31)
@@ -9,51 +9,51 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="304" uniqueCount="304">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="382" uniqueCount="382">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>LVIII сесія VIII скликання</t>
   </si>
   <si>
     <t>Марганецька міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
     <t>Алєксєєнко Олексій Миколайович</t>
   </si>
   <si>
     <t>Барда Вадим Іванович</t>
   </si>
   <si>
     <t>Білий Олександр Якович</t>
   </si>
   <si>
@@ -767,204 +767,438 @@
   <si>
     <t>29.10.25  14:28:51</t>
   </si>
   <si>
     <t>29.10.25  14:29:24</t>
   </si>
   <si>
     <t>29.10.25  14:29:58</t>
   </si>
   <si>
     <t>29.10.25  14:30:31</t>
   </si>
   <si>
     <t>29.10.25  14:31:05</t>
   </si>
   <si>
     <t>2757Про безоплатну передачу дров’яної деревини</t>
   </si>
   <si>
     <t>29.10.25  14:31:45</t>
   </si>
   <si>
     <t>2758Про надання цільової одноразової матеріальної допомоги</t>
   </si>
   <si>
+    <t>13.11.25  14:15:16</t>
+  </si>
+  <si>
+    <t>13.11.25  14:15:48</t>
+  </si>
+  <si>
+    <t>13.11.25  14:18:18</t>
+  </si>
+  <si>
+    <t>13.11.25  14:18:52</t>
+  </si>
+  <si>
+    <t>13.11.25  14:19:28</t>
+  </si>
+  <si>
+    <t>13.11.25  14:20:03</t>
+  </si>
+  <si>
+    <t>13.11.25  14:20:39</t>
+  </si>
+  <si>
+    <t>13.11.25  14:21:13</t>
+  </si>
+  <si>
+    <t>13.11.25  14:21:49</t>
+  </si>
+  <si>
+    <t>2771Про внесення змін до цільової соціальної Програми «Молодь Марганця на 2022-2026 роки»</t>
+  </si>
+  <si>
+    <t>13.11.25  14:22:21</t>
+  </si>
+  <si>
+    <t>13.11.25  14:22:54</t>
+  </si>
+  <si>
+    <t>13.11.25  14:23:28</t>
+  </si>
+  <si>
+    <t>13.11.25  14:24:01</t>
+  </si>
+  <si>
+    <t>13.11.25  14:24:51</t>
+  </si>
+  <si>
+    <t>13.11.25  14:25:34</t>
+  </si>
+  <si>
+    <t>13.11.25  14:26:07</t>
+  </si>
+  <si>
+    <t>2778Про передачу транспортних засобів в позичку КП «Комунальник» ММР»</t>
+  </si>
+  <si>
+    <t>13.11.25  14:26:40</t>
+  </si>
+  <si>
+    <t>13.11.25  14:27:13</t>
+  </si>
+  <si>
+    <t>13.11.25  14:27:47</t>
+  </si>
+  <si>
+    <t>2781Про передачу нерухомого майна в позичку КП «Марганецьводоканал» ММР»</t>
+  </si>
+  <si>
+    <t>13.11.25  14:28:20</t>
+  </si>
+  <si>
+    <t>2782Про прийняття до комунальної власності та передачу матеріальних цінностей</t>
+  </si>
+  <si>
+    <t>13.11.25  14:28:55</t>
+  </si>
+  <si>
+    <t>13.11.25  14:29:29</t>
+  </si>
+  <si>
+    <t>13.11.25  14:30:06</t>
+  </si>
+  <si>
+    <t>13.11.25  14:30:40</t>
+  </si>
+  <si>
+    <t>2786Про надання цільової одноразової матеріальної допомоги</t>
+  </si>
+  <si>
+    <t>13.11.25  14:31:14</t>
+  </si>
+  <si>
+    <t>13.11.25  14:31:47</t>
+  </si>
+  <si>
+    <t>13.11.25  14:32:21</t>
+  </si>
+  <si>
+    <t>02.12.25  14:10:42</t>
+  </si>
+  <si>
+    <t>02.12.25  14:11:15</t>
+  </si>
+  <si>
+    <t>02.12.25  14:12:22</t>
+  </si>
+  <si>
+    <t>02.12.25  14:12:55</t>
+  </si>
+  <si>
+    <t>02.12.25  14:13:29</t>
+  </si>
+  <si>
+    <t>02.12.25  14:14:03</t>
+  </si>
+  <si>
+    <t>02.12.25  14:14:37</t>
+  </si>
+  <si>
+    <t>02.12.25  14:15:11</t>
+  </si>
+  <si>
+    <t>2800​​​​​​​Про втрату чинності рішень Марганецької міської ради</t>
+  </si>
+  <si>
+    <t>02.12.25  14:15:45</t>
+  </si>
+  <si>
+    <t>02.12.25  14:16:20</t>
+  </si>
+  <si>
+    <t>02.12.25  14:16:59</t>
+  </si>
+  <si>
+    <t>02.12.25  14:17:34</t>
+  </si>
+  <si>
+    <t>02.12.25  14:18:11</t>
+  </si>
+  <si>
+    <t>02.12.25  14:19:18</t>
+  </si>
+  <si>
+    <t>02.12.25  14:19:50</t>
+  </si>
+  <si>
+    <t>02.12.25  14:20:23</t>
+  </si>
+  <si>
+    <t>02.12.25  14:20:56</t>
+  </si>
+  <si>
+    <t>02.12.25  14:21:29</t>
+  </si>
+  <si>
+    <t>02.12.25  14:22:03</t>
+  </si>
+  <si>
+    <t>2812Про надання КП «ВУВКГ» ММР дозволу на списання матеріальних активів</t>
+  </si>
+  <si>
+    <t>02.12.25  14:22:37</t>
+  </si>
+  <si>
+    <t>2813Про надання цільової одноразової матеріальної допомоги  </t>
+  </si>
+  <si>
+    <t>02.12.25  14:23:12</t>
+  </si>
+  <si>
+    <t>За: 0</t>
+  </si>
+  <si>
+    <t>02.12.25  14:24:16</t>
+  </si>
+  <si>
+    <t>02.12.25  14:25:00</t>
+  </si>
+  <si>
+    <t>02.12.25  14:25:33</t>
+  </si>
+  <si>
+    <t>02.12.25  14:26:06</t>
+  </si>
+  <si>
+    <t>02.12.25  14:26:39</t>
+  </si>
+  <si>
+    <t>02.12.25  14:27:12</t>
+  </si>
+  <si>
+    <t>02.12.25  14:27:45</t>
+  </si>
+  <si>
+    <t>02.12.25  14:28:19</t>
+  </si>
+  <si>
+    <t>02.12.25  14:28:51</t>
+  </si>
+  <si>
+    <t>02.12.25  14:29:25</t>
+  </si>
+  <si>
+    <t>02.12.25  14:30:01</t>
+  </si>
+  <si>
+    <t>02.12.25  14:30:36</t>
+  </si>
+  <si>
+    <t>02.12.25  14:31:12</t>
+  </si>
+  <si>
+    <t>02.12.25  14:31:47</t>
+  </si>
+  <si>
+    <t>02.12.25  14:32:23</t>
+  </si>
+  <si>
+    <t>02.12.25  14:33:00</t>
+  </si>
+  <si>
+    <t>02.12.25  14:33:33</t>
+  </si>
+  <si>
     <t>За: 28</t>
   </si>
   <si>
-    <t>За: 102</t>
-[...11 lines deleted...]
-    <t>За: 110</t>
+    <t>За: 167</t>
+  </si>
+  <si>
+    <t>За: 185</t>
+  </si>
+  <si>
+    <t>За: 174</t>
+  </si>
+  <si>
+    <t>За: 172</t>
   </si>
   <si>
     <t>За: 36</t>
   </si>
   <si>
-    <t>За: 54</t>
-[...26 lines deleted...]
-    <t>За: 70</t>
+    <t>За: 92</t>
+  </si>
+  <si>
+    <t>За: 213</t>
+  </si>
+  <si>
+    <t>За: 160</t>
+  </si>
+  <si>
+    <t>За: 218</t>
+  </si>
+  <si>
+    <t>За: 206</t>
+  </si>
+  <si>
+    <t>За: 184</t>
+  </si>
+  <si>
+    <t>За: 207</t>
+  </si>
+  <si>
+    <t>За: 219</t>
+  </si>
+  <si>
+    <t>За: 182</t>
+  </si>
+  <si>
+    <t>За: 97</t>
+  </si>
+  <si>
+    <t>За: 209</t>
+  </si>
+  <si>
+    <t>За: 202</t>
+  </si>
+  <si>
+    <t>За: 212</t>
+  </si>
+  <si>
+    <t>За: 214</t>
+  </si>
+  <si>
+    <t>За: 215</t>
   </si>
   <si>
     <t>За: 151</t>
   </si>
   <si>
-    <t>За: 149</t>
-[...7 lines deleted...]
-  <si>
     <t>Проти: 2</t>
   </si>
   <si>
     <t>Утр.: 5</t>
   </si>
   <si>
     <t>Утр.: 1</t>
   </si>
   <si>
     <t>Утр.: 2</t>
   </si>
   <si>
     <t>Утр.: 0</t>
   </si>
   <si>
     <t>Утр.: 3</t>
   </si>
   <si>
     <t>Не голос.: 0</t>
   </si>
   <si>
     <t>Не голос.: 1</t>
   </si>
   <si>
-    <t>Не голос.: 8</t>
-[...2 lines deleted...]
-    <t>Не голос.: 24</t>
+    <t>Не голос.: 9</t>
+  </si>
+  <si>
+    <t>Не голос.: 40</t>
+  </si>
+  <si>
+    <t>Не голос.: 15</t>
+  </si>
+  <si>
+    <t>Не голос.: 6</t>
+  </si>
+  <si>
+    <t>Не голос.: 5</t>
+  </si>
+  <si>
+    <t>Не голос.: 16</t>
+  </si>
+  <si>
+    <t>Не голос.: 3</t>
+  </si>
+  <si>
+    <t>Не голос.: 2</t>
+  </si>
+  <si>
+    <t>Не голос.: 14</t>
   </si>
   <si>
     <t>Не голос.: 12</t>
   </si>
   <si>
-    <t>Не голос.: 6</t>
-[...14 lines deleted...]
-    <t>Не голос.: 2</t>
+    <t>Не голос.: 10</t>
   </si>
   <si>
     <t>Не голос.: 7</t>
   </si>
   <si>
     <t>Відсут.: 73</t>
   </si>
   <si>
     <t>Відсут.: 54</t>
   </si>
   <si>
+    <t>Відсут.: 27</t>
+  </si>
+  <si>
+    <t>Відсут.: 223</t>
+  </si>
+  <si>
+    <t>Відсут.: 9</t>
+  </si>
+  <si>
+    <t>Відсут.: 34</t>
+  </si>
+  <si>
+    <t>Відсут.: 187</t>
+  </si>
+  <si>
+    <t>Відсут.: 131</t>
+  </si>
+  <si>
     <t>Відсут.: 0</t>
   </si>
   <si>
-    <t>Відсут.: 158</t>
-[...14 lines deleted...]
-    <t>Відсут.: 17</t>
+    <t>Відсут.: 55</t>
   </si>
   <si>
     <t>Відсут.: 36</t>
   </si>
   <si>
-    <t>Відсут.: 87</t>
+    <t>Відсут.: 125</t>
   </si>
   <si>
     <t>Відсут.: 2</t>
   </si>
   <si>
-    <t>Відсут.: 33</t>
+    <t>Відсут.: 71</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
@@ -989,51 +1223,51 @@
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AM164"/>
+  <dimension ref="A1:AM229"/>
   <cols>
     <col min="1" max="1" width="5"/>
     <col min="2" max="2" width="17"/>
     <col min="3" max="3" width="50"/>
     <col min="4" max="4" width="20"/>
     <col min="5" max="5" width="23"/>
     <col min="6" max="6" width="8"/>
     <col min="7" max="7" width="15"/>
     <col min="8" max="8" width="15"/>
     <col min="9" max="9" width="15"/>
     <col min="10" max="10" width="15"/>
     <col min="11" max="11" width="15"/>
     <col min="12" max="12" width="15"/>
     <col min="13" max="13" width="15"/>
     <col min="14" max="14" width="15"/>
     <col min="15" max="15" width="15"/>
     <col min="16" max="16" width="15"/>
     <col min="17" max="17" width="15"/>
     <col min="18" max="18" width="15"/>
     <col min="19" max="19" width="15"/>
     <col min="20" max="20" width="15"/>
     <col min="21" max="21" width="15"/>
     <col min="22" max="22" width="15"/>
     <col min="23" max="23" width="15"/>
     <col min="24" max="24" width="15"/>
@@ -20104,562 +20338,8281 @@
         <v>42</v>
       </c>
       <c r="AG159" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AH159" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AI159" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ159" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AK159" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AL159" t="s" s="5">
         <v>42</v>
       </c>
       <c r="AM159" t="s" s="5">
         <v>42</v>
       </c>
     </row>
     <row r="160">
-      <c r="A160"/>
-[...7 lines deleted...]
-      <c r="I160" t="s">
+      <c r="A160">
+        <v>159</v>
+      </c>
+      <c r="B160" t="s">
         <v>252</v>
       </c>
-      <c r="J160" t="s">
-[...87 lines deleted...]
-        <v>272</v>
+      <c r="C160" t="inlineStr" s="4">
+        <is>
+          <t>2763Про затвердження планів діяльності з підготовки проєктів регуляторних актів на 2026 рік</t>
+        </is>
+      </c>
+      <c r="D160" t="s">
+        <v>37</v>
+      </c>
+      <c r="E160" t="s">
+        <v>38</v>
+      </c>
+      <c r="F160" t="s">
+        <v>39</v>
+      </c>
+      <c r="G160" t="s">
+        <v>40</v>
+      </c>
+      <c r="H160" t="s">
+        <v>41</v>
+      </c>
+      <c r="I160"/>
+      <c r="J160" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K160" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L160" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M160" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="N160" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O160" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P160" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q160" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R160" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S160" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T160" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U160" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V160" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W160" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X160" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y160" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z160" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA160" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB160" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC160" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD160" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE160" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF160" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG160" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH160" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI160" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ160" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK160" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL160" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM160" t="s" s="5">
+        <v>42</v>
       </c>
     </row>
     <row r="161">
-      <c r="A161"/>
-[...7 lines deleted...]
-      <c r="I161" t="s">
+      <c r="A161">
+        <v>160</v>
+      </c>
+      <c r="B161" t="s">
+        <v>253</v>
+      </c>
+      <c r="C161" t="inlineStr" s="4">
+        <is>
+          <t>2764Про звіт щодо виконання бюджету Марганецької міської  територіальної громади за 9 місяців 2025 року  </t>
+        </is>
+      </c>
+      <c r="D161" t="s">
+        <v>37</v>
+      </c>
+      <c r="E161" t="s">
+        <v>38</v>
+      </c>
+      <c r="F161" t="s">
+        <v>39</v>
+      </c>
+      <c r="G161" t="s">
         <v>40</v>
       </c>
-      <c r="J161" t="s">
-[...87 lines deleted...]
-        <v>40</v>
+      <c r="H161" t="s">
+        <v>41</v>
+      </c>
+      <c r="I161"/>
+      <c r="J161" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K161" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L161" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M161" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="N161" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O161" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P161" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q161" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R161" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S161" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T161" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U161" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V161" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W161" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X161" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y161" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z161" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA161" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB161" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC161" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD161" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE161" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF161" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG161" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH161" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI161" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ161" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK161" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL161" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM161" t="s" s="5">
+        <v>42</v>
       </c>
     </row>
     <row r="162">
-      <c r="A162"/>
-[...98 lines deleted...]
-        <v>277</v>
+      <c r="A162">
+        <v>161</v>
+      </c>
+      <c r="B162" t="s">
+        <v>254</v>
+      </c>
+      <c r="C162" t="inlineStr" s="4">
+        <is>
+          <t>2765Про внесення змін до рішення Марганецької міської ради від 19 грудня 2024 року №1875-57/VIII«Про затвердження Програми надання фінансової підтримки військовим частинам Сил оборони України на 2025</t>
+        </is>
+      </c>
+      <c r="D162" t="s">
+        <v>37</v>
+      </c>
+      <c r="E162" t="s">
+        <v>38</v>
+      </c>
+      <c r="F162" t="s">
+        <v>57</v>
+      </c>
+      <c r="G162" t="s">
+        <v>40</v>
+      </c>
+      <c r="H162" t="s">
+        <v>41</v>
+      </c>
+      <c r="I162"/>
+      <c r="J162" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K162" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L162" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M162" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N162" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O162" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P162" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q162" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R162" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S162" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T162" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U162" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V162" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W162" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X162" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y162" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z162" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA162" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB162" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC162" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD162" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE162" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF162" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG162" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH162" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI162" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ162" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK162" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL162" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM162" t="s" s="5">
+        <v>42</v>
       </c>
     </row>
     <row r="163">
-      <c r="A163"/>
-[...98 lines deleted...]
-        <v>279</v>
+      <c r="A163">
+        <v>162</v>
+      </c>
+      <c r="B163" t="s">
+        <v>255</v>
+      </c>
+      <c r="C163" t="inlineStr" s="4">
+        <is>
+          <t>2766Про внесення змін до рішення міської ради від 24 грудня 2020 року №29-3/І «Про затвердження Програми реформування і розвитку житлово- комунального господарства міста Марганця Нікопольського</t>
+        </is>
+      </c>
+      <c r="D163" t="s">
+        <v>37</v>
+      </c>
+      <c r="E163" t="s">
+        <v>38</v>
+      </c>
+      <c r="F163" t="s">
+        <v>57</v>
+      </c>
+      <c r="G163" t="s">
+        <v>40</v>
+      </c>
+      <c r="H163" t="s">
+        <v>41</v>
+      </c>
+      <c r="I163"/>
+      <c r="J163" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K163" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L163" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M163" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N163" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O163" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P163" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q163" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R163" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S163" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T163" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U163" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V163" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W163" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X163" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y163" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z163" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA163" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB163" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC163" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD163" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE163" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF163" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG163" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH163" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI163" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ163" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK163" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL163" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM163" t="s" s="5">
+        <v>42</v>
       </c>
     </row>
     <row r="164">
-      <c r="A164"/>
-[...7 lines deleted...]
-      <c r="I164" t="s">
+      <c r="A164">
+        <v>163</v>
+      </c>
+      <c r="B164" t="s">
+        <v>256</v>
+      </c>
+      <c r="C164" t="inlineStr" s="4">
+        <is>
+          <t>2767Про внесення змін до рішення міської ради від 25 березня 2021 року № 134-9/VIII «Про затвердження Програми щодо надання фінансової підтримки комунальним підприємствам на 2021-2025 роки»(зі змінами)</t>
+        </is>
+      </c>
+      <c r="D164" t="s">
+        <v>37</v>
+      </c>
+      <c r="E164" t="s">
+        <v>38</v>
+      </c>
+      <c r="F164" t="s">
+        <v>57</v>
+      </c>
+      <c r="G164" t="s">
+        <v>40</v>
+      </c>
+      <c r="H164" t="s">
+        <v>41</v>
+      </c>
+      <c r="I164"/>
+      <c r="J164" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K164" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L164" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M164" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N164" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O164" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P164" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q164" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R164" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S164" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T164" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U164" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V164" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W164" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X164" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y164" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z164" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA164" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB164" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC164" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD164" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE164" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF164" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG164" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH164" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI164" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ164" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK164" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL164" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM164" t="s" s="5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165">
+        <v>164</v>
+      </c>
+      <c r="B165" t="s">
+        <v>257</v>
+      </c>
+      <c r="C165" t="inlineStr" s="4">
+        <is>
+          <t>2768Про внесення змін до рішення Марганецької міської ради від 19 грудня 2024 року № 1880-57/VIIІ «Про затвердження заходів з утримання та ремонту об’єктів та елементів благоустрою Марганецької</t>
+        </is>
+      </c>
+      <c r="D165" t="s">
+        <v>37</v>
+      </c>
+      <c r="E165" t="s">
+        <v>38</v>
+      </c>
+      <c r="F165" t="s">
+        <v>57</v>
+      </c>
+      <c r="G165" t="s">
+        <v>40</v>
+      </c>
+      <c r="H165" t="s">
+        <v>41</v>
+      </c>
+      <c r="I165"/>
+      <c r="J165" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K165" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L165" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M165" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N165" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O165" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P165" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q165" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R165" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S165" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T165" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U165" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V165" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W165" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X165" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y165" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z165" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA165" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB165" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC165" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD165" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE165" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF165" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG165" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH165" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI165" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ165" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK165" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL165" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM165" t="s" s="5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166">
+        <v>165</v>
+      </c>
+      <c r="B166" t="s">
+        <v>258</v>
+      </c>
+      <c r="C166" t="inlineStr" s="4">
+        <is>
+          <t>2769Про внесення змін до рішення Марганецькоїміської ради від 28.01.2021 року № 88-5/VІІІ «Прозатвердження Програми регулювання чисельностібезпритульних тварин гуманними методами в містіМарганці</t>
+        </is>
+      </c>
+      <c r="D166" t="s">
+        <v>37</v>
+      </c>
+      <c r="E166" t="s">
+        <v>38</v>
+      </c>
+      <c r="F166" t="s">
+        <v>57</v>
+      </c>
+      <c r="G166" t="s">
+        <v>40</v>
+      </c>
+      <c r="H166" t="s">
+        <v>41</v>
+      </c>
+      <c r="I166"/>
+      <c r="J166" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K166" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L166" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M166" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N166" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O166" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P166" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q166" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R166" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S166" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T166" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U166" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V166" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W166" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X166" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y166" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z166" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA166" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB166" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC166" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD166" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE166" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF166" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG166" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH166" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI166" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ166" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK166" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL166" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM166" t="s" s="5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167">
+        <v>166</v>
+      </c>
+      <c r="B167" t="s">
+        <v>259</v>
+      </c>
+      <c r="C167" t="inlineStr" s="4">
+        <is>
+          <t>2770Про внесення змін до Цільової комплексної програми розвитку фізичної культури і спорту в місті Марганці на 2022-2026 роки (зі змінами)</t>
+        </is>
+      </c>
+      <c r="D167" t="s">
+        <v>37</v>
+      </c>
+      <c r="E167" t="s">
+        <v>38</v>
+      </c>
+      <c r="F167" t="s">
+        <v>57</v>
+      </c>
+      <c r="G167" t="s">
+        <v>40</v>
+      </c>
+      <c r="H167" t="s">
+        <v>41</v>
+      </c>
+      <c r="I167"/>
+      <c r="J167" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K167" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L167" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M167" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N167" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O167" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P167" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q167" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R167" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S167" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T167" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U167" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V167" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W167" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X167" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y167" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z167" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA167" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB167" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC167" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD167" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE167" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF167" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG167" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH167" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI167" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ167" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK167" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL167" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM167" t="s" s="5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168">
+        <v>167</v>
+      </c>
+      <c r="B168" t="s">
+        <v>260</v>
+      </c>
+      <c r="C168" t="s" s="4">
+        <v>261</v>
+      </c>
+      <c r="D168" t="s">
+        <v>37</v>
+      </c>
+      <c r="E168" t="s">
+        <v>38</v>
+      </c>
+      <c r="F168" t="s">
+        <v>57</v>
+      </c>
+      <c r="G168" t="s">
+        <v>40</v>
+      </c>
+      <c r="H168" t="s">
+        <v>41</v>
+      </c>
+      <c r="I168"/>
+      <c r="J168" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K168" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L168" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M168" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N168" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O168" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P168" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q168" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R168" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S168" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T168" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U168" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V168" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W168" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X168" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y168" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z168" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA168" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB168" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC168" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD168" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE168" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF168" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG168" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH168" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI168" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ168" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK168" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL168" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM168" t="s" s="5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169">
+        <v>168</v>
+      </c>
+      <c r="B169" t="s">
+        <v>262</v>
+      </c>
+      <c r="C169" t="inlineStr" s="4">
+        <is>
+          <t>2772Про внесення змін до рішення Марганецької міської ради від 19 грудня 2024 року № 1900-57/VIII «Про бюджет Марганецької міської територіальної громади на 2025 рік (код бюджету 0456100000)» (зі змінами)</t>
+        </is>
+      </c>
+      <c r="D169" t="s">
+        <v>37</v>
+      </c>
+      <c r="E169" t="s">
+        <v>38</v>
+      </c>
+      <c r="F169" t="s">
+        <v>39</v>
+      </c>
+      <c r="G169" t="s">
+        <v>40</v>
+      </c>
+      <c r="H169" t="s">
+        <v>41</v>
+      </c>
+      <c r="I169"/>
+      <c r="J169" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K169" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L169" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M169" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="N169" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O169" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P169" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q169" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R169" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S169" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T169" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U169" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V169" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W169" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X169" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y169" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z169" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA169" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB169" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC169" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD169" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE169" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF169" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG169" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH169" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI169" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ169" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK169" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL169" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM169" t="s" s="5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170">
+        <v>169</v>
+      </c>
+      <c r="B170" t="s">
+        <v>263</v>
+      </c>
+      <c r="C170" t="inlineStr" s="4">
+        <is>
+          <t>2773Про утворення пересувного віддаленого робочого місця адміністратора центру надання адміністративних послуг</t>
+        </is>
+      </c>
+      <c r="D170" t="s">
+        <v>37</v>
+      </c>
+      <c r="E170" t="s">
+        <v>38</v>
+      </c>
+      <c r="F170" t="s">
+        <v>57</v>
+      </c>
+      <c r="G170" t="s">
+        <v>40</v>
+      </c>
+      <c r="H170" t="s">
+        <v>41</v>
+      </c>
+      <c r="I170"/>
+      <c r="J170" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K170" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L170" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M170" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N170" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O170" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P170" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q170" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R170" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S170" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T170" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U170" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V170" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W170" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X170" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y170" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z170" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA170" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB170" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC170" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD170" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE170" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF170" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG170" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH170" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI170" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ170" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK170" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL170" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM170" t="s" s="5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171">
+        <v>170</v>
+      </c>
+      <c r="B171" t="s">
+        <v>264</v>
+      </c>
+      <c r="C171" t="inlineStr" s="4">
+        <is>
+          <t>2774Про зміну найменування Комунального закладу дошкільної освіти (ясла - садок) компенсуючого типу «Психолого - медико - педагогічний центр розвитку дитини  «Ромашка» Марганецької міської</t>
+        </is>
+      </c>
+      <c r="D171" t="s">
+        <v>37</v>
+      </c>
+      <c r="E171" t="s">
+        <v>38</v>
+      </c>
+      <c r="F171" t="s">
+        <v>39</v>
+      </c>
+      <c r="G171" t="s">
+        <v>40</v>
+      </c>
+      <c r="H171" t="s">
+        <v>41</v>
+      </c>
+      <c r="I171"/>
+      <c r="J171" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K171" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L171" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M171" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N171" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O171" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P171" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q171" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R171" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S171" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T171" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U171" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V171" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W171" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="X171" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y171" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z171" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA171" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB171" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC171" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD171" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE171" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF171" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG171" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH171" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI171" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ171" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK171" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL171" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM171" t="s" s="5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172">
+        <v>171</v>
+      </c>
+      <c r="B172" t="s">
+        <v>265</v>
+      </c>
+      <c r="C172" t="inlineStr" s="4">
+        <is>
+          <t>2775Про затвердження мережі груп закладу дошкільної освіти (ясла - дитячий садок) №16 Марганецької міської ради</t>
+        </is>
+      </c>
+      <c r="D172" t="s">
+        <v>37</v>
+      </c>
+      <c r="E172" t="s">
+        <v>38</v>
+      </c>
+      <c r="F172" t="s">
+        <v>61</v>
+      </c>
+      <c r="G172" t="s">
+        <v>40</v>
+      </c>
+      <c r="H172" t="s">
+        <v>41</v>
+      </c>
+      <c r="I172"/>
+      <c r="J172" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K172" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L172" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M172" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N172" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O172" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P172" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q172" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R172" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S172" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T172" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U172" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V172" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W172" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="X172" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y172" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z172" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA172" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB172" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC172" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD172" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE172" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF172" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG172" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH172" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="AI172" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ172" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK172" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL172" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM172" t="s" s="5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173">
+        <v>172</v>
+      </c>
+      <c r="B173" t="s">
+        <v>266</v>
+      </c>
+      <c r="C173" t="inlineStr" s="4">
+        <is>
+          <t>2776Про надання дозволу КП «Комунальник» ММР» на передачу транспортного засобу в позичку КП «Марагнецьводоканал» ММР»</t>
+        </is>
+      </c>
+      <c r="D173" t="s">
+        <v>37</v>
+      </c>
+      <c r="E173" t="s">
+        <v>38</v>
+      </c>
+      <c r="F173" t="s">
+        <v>39</v>
+      </c>
+      <c r="G173" t="s">
+        <v>40</v>
+      </c>
+      <c r="H173" t="s">
+        <v>41</v>
+      </c>
+      <c r="I173"/>
+      <c r="J173" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K173" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L173" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M173" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="N173" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O173" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P173" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q173" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R173" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S173" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T173" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U173" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V173" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W173" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X173" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y173" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z173" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA173" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB173" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC173" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD173" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE173" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF173" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG173" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH173" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI173" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ173" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK173" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL173" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM173" t="s" s="5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174">
+        <v>173</v>
+      </c>
+      <c r="B174" t="s">
+        <v>267</v>
+      </c>
+      <c r="C174" t="inlineStr" s="4">
+        <is>
+          <t>2777Про надання дозволу КП «ІРБ ММТГ» на передачу транспортних засобів в позичку КП «Марганецьводоканал» ММР»</t>
+        </is>
+      </c>
+      <c r="D174" t="s">
+        <v>37</v>
+      </c>
+      <c r="E174" t="s">
+        <v>38</v>
+      </c>
+      <c r="F174" t="s">
+        <v>57</v>
+      </c>
+      <c r="G174" t="s">
+        <v>40</v>
+      </c>
+      <c r="H174" t="s">
+        <v>41</v>
+      </c>
+      <c r="I174"/>
+      <c r="J174" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K174" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L174" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M174" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N174" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O174" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P174" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q174" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R174" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S174" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T174" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U174" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V174" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W174" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X174" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y174" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z174" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA174" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB174" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC174" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD174" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE174" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF174" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG174" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH174" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI174" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ174" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK174" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL174" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM174" t="s" s="5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175">
+        <v>174</v>
+      </c>
+      <c r="B175" t="s">
+        <v>268</v>
+      </c>
+      <c r="C175" t="s" s="4">
+        <v>269</v>
+      </c>
+      <c r="D175" t="s">
+        <v>37</v>
+      </c>
+      <c r="E175" t="s">
+        <v>38</v>
+      </c>
+      <c r="F175" t="s">
+        <v>61</v>
+      </c>
+      <c r="G175" t="s">
+        <v>40</v>
+      </c>
+      <c r="H175" t="s">
+        <v>41</v>
+      </c>
+      <c r="I175"/>
+      <c r="J175" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K175" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L175" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M175" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="N175" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O175" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P175" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q175" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R175" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S175" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T175" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U175" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V175" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W175" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X175" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y175" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z175" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA175" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB175" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="AC175" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD175" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE175" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF175" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG175" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH175" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI175" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ175" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK175" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL175" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM175" t="s" s="5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176">
+        <v>175</v>
+      </c>
+      <c r="B176" t="s">
+        <v>270</v>
+      </c>
+      <c r="C176" t="inlineStr" s="4">
+        <is>
+          <t>2779Про передачу транспортних засобів до комунального підприємства «Комбінат комунальних послуг» Марганецької міської ради»</t>
+        </is>
+      </c>
+      <c r="D176" t="s">
+        <v>37</v>
+      </c>
+      <c r="E176" t="s">
+        <v>38</v>
+      </c>
+      <c r="F176" t="s">
+        <v>57</v>
+      </c>
+      <c r="G176" t="s">
+        <v>40</v>
+      </c>
+      <c r="H176" t="s">
+        <v>41</v>
+      </c>
+      <c r="I176"/>
+      <c r="J176" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K176" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L176" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M176" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N176" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O176" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P176" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q176" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R176" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S176" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T176" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U176" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V176" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W176" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X176" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y176" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z176" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA176" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB176" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC176" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD176" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE176" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF176" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG176" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH176" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI176" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ176" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK176" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL176" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM176" t="s" s="5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177">
+        <v>176</v>
+      </c>
+      <c r="B177" t="s">
+        <v>271</v>
+      </c>
+      <c r="C177" t="inlineStr" s="4">
+        <is>
+          <t>2780Про передачу рухомого майна в позичку комунального підприємства «Комбінат комунальних послуг» Марганецької міської ради»</t>
+        </is>
+      </c>
+      <c r="D177" t="s">
+        <v>37</v>
+      </c>
+      <c r="E177" t="s">
+        <v>38</v>
+      </c>
+      <c r="F177" t="s">
+        <v>57</v>
+      </c>
+      <c r="G177" t="s">
+        <v>40</v>
+      </c>
+      <c r="H177" t="s">
+        <v>41</v>
+      </c>
+      <c r="I177"/>
+      <c r="J177" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K177" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L177" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M177" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N177" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O177" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P177" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q177" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R177" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S177" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T177" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U177" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V177" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W177" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X177" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y177" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z177" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA177" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB177" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC177" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD177" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE177" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF177" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG177" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH177" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI177" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ177" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK177" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL177" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM177" t="s" s="5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178">
+        <v>177</v>
+      </c>
+      <c r="B178" t="s">
+        <v>272</v>
+      </c>
+      <c r="C178" t="s" s="4">
+        <v>273</v>
+      </c>
+      <c r="D178" t="s">
+        <v>37</v>
+      </c>
+      <c r="E178" t="s">
+        <v>38</v>
+      </c>
+      <c r="F178" t="s">
+        <v>57</v>
+      </c>
+      <c r="G178" t="s">
+        <v>40</v>
+      </c>
+      <c r="H178" t="s">
+        <v>41</v>
+      </c>
+      <c r="I178"/>
+      <c r="J178" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K178" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L178" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M178" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N178" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O178" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P178" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q178" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R178" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S178" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T178" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U178" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V178" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W178" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X178" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y178" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z178" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA178" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB178" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC178" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD178" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE178" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF178" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG178" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH178" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI178" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ178" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK178" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL178" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM178" t="s" s="5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179">
+        <v>178</v>
+      </c>
+      <c r="B179" t="s">
+        <v>274</v>
+      </c>
+      <c r="C179" t="s" s="4">
+        <v>275</v>
+      </c>
+      <c r="D179" t="s">
+        <v>37</v>
+      </c>
+      <c r="E179" t="s">
+        <v>38</v>
+      </c>
+      <c r="F179" t="s">
+        <v>57</v>
+      </c>
+      <c r="G179" t="s">
+        <v>40</v>
+      </c>
+      <c r="H179" t="s">
+        <v>41</v>
+      </c>
+      <c r="I179"/>
+      <c r="J179" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K179" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L179" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M179" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N179" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O179" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P179" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q179" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R179" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S179" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T179" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U179" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V179" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W179" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X179" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y179" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z179" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA179" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB179" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC179" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD179" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE179" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF179" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG179" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH179" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI179" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ179" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK179" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL179" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM179" t="s" s="5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180">
+        <v>179</v>
+      </c>
+      <c r="B180" t="s">
+        <v>276</v>
+      </c>
+      <c r="C180" t="inlineStr" s="4">
+        <is>
+          <t>2783Про визнання об’єктів нерухомого майна комунальною власністю Марганецької міської територіальної громади та внесення їх до реєстру об’єктів комунальної власності</t>
+        </is>
+      </c>
+      <c r="D180" t="s">
+        <v>37</v>
+      </c>
+      <c r="E180" t="s">
+        <v>46</v>
+      </c>
+      <c r="F180" t="s">
+        <v>77</v>
+      </c>
+      <c r="G180" t="s">
+        <v>40</v>
+      </c>
+      <c r="H180" t="s">
+        <v>41</v>
+      </c>
+      <c r="I180"/>
+      <c r="J180" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K180" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L180" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M180" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="N180" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O180" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P180" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q180" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R180" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S180" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T180" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U180" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V180" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W180" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="X180" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="Y180" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z180" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA180" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB180" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="AC180" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD180" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE180" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF180" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG180" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="AH180" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI180" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ180" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK180" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL180" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM180" t="s" s="5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181">
+        <v>180</v>
+      </c>
+      <c r="B181" t="s">
+        <v>277</v>
+      </c>
+      <c r="C181" t="inlineStr" s="4">
+        <is>
+          <t>2784Про визнання об’єктів нерухомого майна комунальною власністю Марганецької міської територіальної громади та внесення їх до реєстру об’єктів комунальної власності</t>
+        </is>
+      </c>
+      <c r="D181" t="s">
+        <v>37</v>
+      </c>
+      <c r="E181" t="s">
+        <v>38</v>
+      </c>
+      <c r="F181" t="s">
+        <v>107</v>
+      </c>
+      <c r="G181" t="s">
+        <v>40</v>
+      </c>
+      <c r="H181" t="s">
+        <v>41</v>
+      </c>
+      <c r="I181"/>
+      <c r="J181" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K181" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L181" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M181" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N181" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O181" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P181" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q181" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R181" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S181" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T181" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U181" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V181" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W181" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="X181" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="Y181" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z181" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA181" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB181" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="AC181" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD181" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE181" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF181" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG181" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH181" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="AI181" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ181" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK181" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL181" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM181" t="s" s="5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182">
+        <v>181</v>
+      </c>
+      <c r="B182" t="s">
+        <v>278</v>
+      </c>
+      <c r="C182" t="inlineStr" s="4">
+        <is>
+          <t>2785Про передачу комплексу нежитлових приміщень комунальному підприємству «Інфраструктурного розвитку та благоустрою Марганецької міської територіальної громади»</t>
+        </is>
+      </c>
+      <c r="D182" t="s">
+        <v>37</v>
+      </c>
+      <c r="E182" t="s">
+        <v>38</v>
+      </c>
+      <c r="F182" t="s">
+        <v>59</v>
+      </c>
+      <c r="G182" t="s">
+        <v>40</v>
+      </c>
+      <c r="H182" t="s">
+        <v>41</v>
+      </c>
+      <c r="I182"/>
+      <c r="J182" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K182" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L182" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M182" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N182" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O182" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P182" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q182" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R182" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S182" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T182" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U182" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V182" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W182" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="X182" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="Y182" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z182" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA182" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB182" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="AC182" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD182" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE182" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF182" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG182" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH182" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI182" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ182" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK182" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL182" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM182" t="s" s="5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183">
+        <v>182</v>
+      </c>
+      <c r="B183" t="s">
+        <v>279</v>
+      </c>
+      <c r="C183" t="s" s="4">
+        <v>280</v>
+      </c>
+      <c r="D183" t="s">
+        <v>37</v>
+      </c>
+      <c r="E183" t="s">
+        <v>38</v>
+      </c>
+      <c r="F183" t="s">
+        <v>39</v>
+      </c>
+      <c r="G183" t="s">
+        <v>40</v>
+      </c>
+      <c r="H183" t="s">
+        <v>41</v>
+      </c>
+      <c r="I183"/>
+      <c r="J183" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K183" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L183" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M183" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N183" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O183" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P183" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q183" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R183" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S183" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T183" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U183" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V183" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W183" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X183" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y183" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z183" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA183" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB183" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC183" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD183" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE183" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF183" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG183" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH183" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI183" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ183" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK183" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL183" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM183" t="s" s="5">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184">
+        <v>183</v>
+      </c>
+      <c r="B184" t="s">
+        <v>281</v>
+      </c>
+      <c r="C184" t="inlineStr" s="4">
+        <is>
+          <t>2787Про повторний розгляд подання Південно-Східного міжрегіонального управління лісового та мисливського господарства</t>
+        </is>
+      </c>
+      <c r="D184" t="s">
+        <v>37</v>
+      </c>
+      <c r="E184" t="s">
+        <v>38</v>
+      </c>
+      <c r="F184" t="s">
+        <v>39</v>
+      </c>
+      <c r="G184" t="s">
+        <v>40</v>
+      </c>
+      <c r="H184" t="s">
+        <v>41</v>
+      </c>
+      <c r="I184"/>
+      <c r="J184" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K184" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L184" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M184" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="N184" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O184" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P184" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q184" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R184" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S184" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T184" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U184" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V184" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W184" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X184" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y184" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z184" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA184" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB184" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC184" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD184" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE184" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF184" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG184" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH184" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI184" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ184" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK184" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL184" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM184" t="s" s="5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185">
+        <v>184</v>
+      </c>
+      <c r="B185" t="s">
+        <v>282</v>
+      </c>
+      <c r="C185" t="inlineStr" s="4">
+        <is>
+          <t>2788Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та передачу у власність громадянину України Гриві</t>
+        </is>
+      </c>
+      <c r="D185" t="s">
+        <v>37</v>
+      </c>
+      <c r="E185" t="s">
+        <v>38</v>
+      </c>
+      <c r="F185" t="s">
+        <v>57</v>
+      </c>
+      <c r="G185" t="s">
+        <v>40</v>
+      </c>
+      <c r="H185" t="s">
+        <v>41</v>
+      </c>
+      <c r="I185"/>
+      <c r="J185" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K185" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L185" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M185" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N185" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O185" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P185" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q185" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R185" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S185" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T185" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U185" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V185" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W185" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X185" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y185" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z185" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA185" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB185" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC185" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD185" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE185" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF185" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG185" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH185" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI185" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ185" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK185" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL185" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM185" t="s" s="5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186">
+        <v>185</v>
+      </c>
+      <c r="B186" t="s">
+        <v>283</v>
+      </c>
+      <c r="C186" t="inlineStr" s="4">
+        <is>
+          <t>2789Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та передачу у власність громадянці України Чайці Юлії</t>
+        </is>
+      </c>
+      <c r="D186" t="s">
+        <v>37</v>
+      </c>
+      <c r="E186" t="s">
+        <v>38</v>
+      </c>
+      <c r="F186" t="s">
+        <v>57</v>
+      </c>
+      <c r="G186" t="s">
+        <v>40</v>
+      </c>
+      <c r="H186" t="s">
+        <v>41</v>
+      </c>
+      <c r="I186"/>
+      <c r="J186" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K186" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="L186" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M186" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N186" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O186" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P186" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="Q186" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R186" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S186" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="T186" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U186" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V186" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W186" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X186" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y186" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z186" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA186" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB186" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC186" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD186" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE186" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AF186" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG186" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH186" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI186" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ186" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK186" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL186" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM186" t="s" s="5">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187">
+        <v>186</v>
+      </c>
+      <c r="B187" t="s">
+        <v>284</v>
+      </c>
+      <c r="C187" t="inlineStr" s="4">
+        <is>
+          <t>2792Про затвердження Меморандуму про намір вступу до Місцевої асоціації органів місцевого самоврядування «Асоціація прифронтових міст та громад» від 21.11.2025 р. та про вступ до Місцевої</t>
+        </is>
+      </c>
+      <c r="D187" t="s">
+        <v>37</v>
+      </c>
+      <c r="E187" t="s">
+        <v>38</v>
+      </c>
+      <c r="F187" t="s">
+        <v>107</v>
+      </c>
+      <c r="G187" t="s">
+        <v>40</v>
+      </c>
+      <c r="H187" t="s">
+        <v>41</v>
+      </c>
+      <c r="I187"/>
+      <c r="J187" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K187" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L187" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M187" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="N187" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="O187" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P187" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q187" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R187" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S187" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T187" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U187" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V187" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W187" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X187" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y187" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z187" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA187" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB187" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC187" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD187" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE187" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF187" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG187" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH187" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI187" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="AJ187" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK187" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL187" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM187" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188">
+        <v>187</v>
+      </c>
+      <c r="B188" t="s">
+        <v>285</v>
+      </c>
+      <c r="C188" t="inlineStr" s="4">
+        <is>
+          <t>2793Про затвердження Комплексної програми розвитку освіти Марганецької міської територіальної громади на 2026-2027 роки  </t>
+        </is>
+      </c>
+      <c r="D188" t="s">
+        <v>37</v>
+      </c>
+      <c r="E188" t="s">
+        <v>38</v>
+      </c>
+      <c r="F188" t="s">
+        <v>39</v>
+      </c>
+      <c r="G188" t="s">
+        <v>40</v>
+      </c>
+      <c r="H188" t="s">
+        <v>41</v>
+      </c>
+      <c r="I188"/>
+      <c r="J188" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K188" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L188" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M188" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N188" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O188" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P188" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q188" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R188" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S188" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T188" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U188" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V188" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W188" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X188" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y188" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z188" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA188" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB188" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC188" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD188" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE188" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF188" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG188" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH188" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI188" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ188" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK188" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL188" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM188" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189">
+        <v>188</v>
+      </c>
+      <c r="B189" t="s">
+        <v>286</v>
+      </c>
+      <c r="C189" t="inlineStr" s="4">
+        <is>
+          <t>2795Про затвердження Програми підтримки об’єднань співвласників багатоквартирних будинків та ЖБК Марганецької міської територіальної громади Нікопольського району Дніпропетровської</t>
+        </is>
+      </c>
+      <c r="D189" t="s">
+        <v>37</v>
+      </c>
+      <c r="E189" t="s">
+        <v>38</v>
+      </c>
+      <c r="F189" t="s">
+        <v>59</v>
+      </c>
+      <c r="G189" t="s">
+        <v>40</v>
+      </c>
+      <c r="H189" t="s">
+        <v>41</v>
+      </c>
+      <c r="I189"/>
+      <c r="J189" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K189" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L189" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M189" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N189" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O189" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P189" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q189" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R189" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S189" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T189" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U189" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V189" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W189" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X189" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="Y189" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z189" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA189" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB189" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC189" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD189" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE189" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF189" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG189" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH189" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="AI189" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ189" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK189" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL189" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM189" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190">
+        <v>189</v>
+      </c>
+      <c r="B190" t="s">
+        <v>287</v>
+      </c>
+      <c r="C190" t="inlineStr" s="4">
+        <is>
+          <t>2796Про затвердження Програми  регулювання чисельності безпритульних тварин гуманними методами на території Марганецької міської територіальної громади Нікопольського району</t>
+        </is>
+      </c>
+      <c r="D190" t="s">
+        <v>37</v>
+      </c>
+      <c r="E190" t="s">
+        <v>38</v>
+      </c>
+      <c r="F190" t="s">
+        <v>39</v>
+      </c>
+      <c r="G190" t="s">
+        <v>40</v>
+      </c>
+      <c r="H190" t="s">
+        <v>41</v>
+      </c>
+      <c r="I190"/>
+      <c r="J190" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K190" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L190" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M190" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N190" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O190" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P190" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q190" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R190" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S190" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T190" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U190" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V190" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W190" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X190" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y190" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z190" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA190" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB190" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC190" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD190" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE190" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF190" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG190" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH190" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI190" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ190" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK190" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL190" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM190" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191">
+        <v>190</v>
+      </c>
+      <c r="B191" t="s">
+        <v>288</v>
+      </c>
+      <c r="C191" t="inlineStr" s="4">
+        <is>
+          <t>2797​​​​​​​Про затвердження Комплексної соціальної програми запобігання та протидії домашньому насильству та насильству за ознакою статі в Марганецькій міській територіальній громаді на</t>
+        </is>
+      </c>
+      <c r="D191" t="s">
+        <v>37</v>
+      </c>
+      <c r="E191" t="s">
+        <v>38</v>
+      </c>
+      <c r="F191" t="s">
+        <v>107</v>
+      </c>
+      <c r="G191" t="s">
+        <v>40</v>
+      </c>
+      <c r="H191" t="s">
+        <v>41</v>
+      </c>
+      <c r="I191"/>
+      <c r="J191" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K191" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L191" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M191" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="N191" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O191" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P191" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q191" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R191" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S191" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T191" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U191" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V191" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W191" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X191" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y191" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z191" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA191" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB191" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC191" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD191" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE191" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF191" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="AG191" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="AH191" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI191" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ191" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK191" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL191" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM191" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192">
+        <v>191</v>
+      </c>
+      <c r="B192" t="s">
+        <v>289</v>
+      </c>
+      <c r="C192" t="inlineStr" s="4">
+        <is>
+          <t>2798Про внесення змін до додатку 2 рішення Марганецької міської ради від 06.06.2024 р. № 1573-53/VIII «Про затвердження Комплексної програми  розвитку соціальних послуг у Марганецькій міській</t>
+        </is>
+      </c>
+      <c r="D192" t="s">
+        <v>37</v>
+      </c>
+      <c r="E192" t="s">
+        <v>38</v>
+      </c>
+      <c r="F192" t="s">
+        <v>107</v>
+      </c>
+      <c r="G192" t="s">
+        <v>40</v>
+      </c>
+      <c r="H192" t="s">
+        <v>41</v>
+      </c>
+      <c r="I192"/>
+      <c r="J192" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K192" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L192" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M192" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="N192" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O192" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P192" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q192" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R192" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S192" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T192" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U192" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V192" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W192" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X192" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y192" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z192" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA192" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB192" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC192" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD192" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE192" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF192" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="AG192" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="AH192" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI192" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ192" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK192" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL192" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM192" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193">
+        <v>192</v>
+      </c>
+      <c r="B193" t="s">
+        <v>290</v>
+      </c>
+      <c r="C193" t="inlineStr" s="4">
+        <is>
+          <t>2799​​​​​​​Про внесення змін до  додатку 2 рішення Марганецької міської ради від 06.06.2024 р.  №1566-53/VIII «Про затвердження Комплексної програми соціального захисту та підтримки </t>
+        </is>
+      </c>
+      <c r="D193" t="s">
+        <v>37</v>
+      </c>
+      <c r="E193" t="s">
+        <v>38</v>
+      </c>
+      <c r="F193" t="s">
+        <v>39</v>
+      </c>
+      <c r="G193" t="s">
+        <v>40</v>
+      </c>
+      <c r="H193" t="s">
+        <v>41</v>
+      </c>
+      <c r="I193"/>
+      <c r="J193" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K193" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L193" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M193" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N193" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O193" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P193" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q193" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R193" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S193" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T193" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U193" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V193" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W193" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X193" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y193" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z193" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA193" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB193" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC193" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD193" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE193" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF193" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG193" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH193" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI193" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ193" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK193" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL193" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM193" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194">
+        <v>193</v>
+      </c>
+      <c r="B194" t="s">
         <v>291</v>
       </c>
-      <c r="J164" t="s">
+      <c r="C194" t="s" s="4">
         <v>292</v>
       </c>
-      <c r="K164" t="s">
+      <c r="D194" t="s">
+        <v>37</v>
+      </c>
+      <c r="E194" t="s">
+        <v>38</v>
+      </c>
+      <c r="F194" t="s">
+        <v>59</v>
+      </c>
+      <c r="G194" t="s">
+        <v>40</v>
+      </c>
+      <c r="H194" t="s">
+        <v>41</v>
+      </c>
+      <c r="I194"/>
+      <c r="J194" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K194" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L194" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M194" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N194" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O194" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P194" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q194" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R194" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S194" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T194" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U194" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V194" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W194" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X194" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y194" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z194" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA194" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB194" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC194" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD194" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE194" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF194" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="AG194" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="AH194" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI194" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ194" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK194" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL194" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM194" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195">
+        <v>194</v>
+      </c>
+      <c r="B195" t="s">
         <v>293</v>
       </c>
-      <c r="L164" t="s">
+      <c r="C195" t="inlineStr" s="4">
+        <is>
+          <t>2801Про внесення змін до рішення міської ради від 24 грудня 2020 року  №29-3/І «Про затвердження Програми  реформування і розвитку житлово- комунального господарства міста Марганця Нікопольського</t>
+        </is>
+      </c>
+      <c r="D195" t="s">
+        <v>37</v>
+      </c>
+      <c r="E195" t="s">
+        <v>38</v>
+      </c>
+      <c r="F195" t="s">
+        <v>39</v>
+      </c>
+      <c r="G195" t="s">
+        <v>40</v>
+      </c>
+      <c r="H195" t="s">
+        <v>41</v>
+      </c>
+      <c r="I195"/>
+      <c r="J195" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K195" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L195" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M195" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N195" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O195" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P195" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q195" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R195" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S195" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T195" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U195" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V195" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W195" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X195" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y195" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z195" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA195" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB195" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC195" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD195" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE195" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF195" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG195" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH195" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI195" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ195" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK195" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL195" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM195" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196">
+        <v>195</v>
+      </c>
+      <c r="B196" t="s">
         <v>294</v>
       </c>
-      <c r="M164" t="s">
+      <c r="C196" t="inlineStr" s="4">
+        <is>
+          <t>2802Про внесення змін до рішення міської ради від 25 березня 2021 року № 134-9/VIII «Про затвердження Програми щодо надання фінансової підтримки комунальним підприємствам на 2021-2025 роки»(зі змінами)</t>
+        </is>
+      </c>
+      <c r="D196" t="s">
+        <v>37</v>
+      </c>
+      <c r="E196" t="s">
+        <v>38</v>
+      </c>
+      <c r="F196" t="s">
+        <v>61</v>
+      </c>
+      <c r="G196" t="s">
+        <v>40</v>
+      </c>
+      <c r="H196" t="s">
+        <v>41</v>
+      </c>
+      <c r="I196"/>
+      <c r="J196" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K196" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L196" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M196" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="N196" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O196" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P196" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q196" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R196" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S196" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T196" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U196" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V196" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W196" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X196" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y196" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z196" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA196" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB196" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC196" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD196" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE196" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF196" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG196" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH196" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI196" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ196" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK196" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL196" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM196" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197">
+        <v>196</v>
+      </c>
+      <c r="B197" t="s">
         <v>295</v>
       </c>
-      <c r="N164" t="s">
+      <c r="C197" t="inlineStr" s="4">
+        <is>
+          <t>2803Про внесення змін до рішення Марганецької міської ради від 19 грудня 2024 року № 1880-57/VIIІ «Про затвердження заходів з утримання та ремонту об’єктів та елементів благоустрою Марганецької</t>
+        </is>
+      </c>
+      <c r="D197" t="s">
+        <v>37</v>
+      </c>
+      <c r="E197" t="s">
+        <v>38</v>
+      </c>
+      <c r="F197" t="s">
+        <v>61</v>
+      </c>
+      <c r="G197" t="s">
+        <v>40</v>
+      </c>
+      <c r="H197" t="s">
+        <v>41</v>
+      </c>
+      <c r="I197"/>
+      <c r="J197" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K197" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L197" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M197" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="N197" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O197" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P197" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q197" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R197" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S197" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T197" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U197" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V197" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W197" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X197" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y197" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z197" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA197" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB197" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC197" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD197" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE197" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF197" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG197" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH197" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI197" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ197" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK197" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL197" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM197" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198">
+        <v>197</v>
+      </c>
+      <c r="B198" t="s">
         <v>296</v>
       </c>
-      <c r="O164" t="s">
+      <c r="C198" t="inlineStr" s="4">
+        <is>
+          <t>2804Про затвердження рішення виконавчого комітету Марганецької міської ради від 27 листопада 2025 року № 774 «Про встановлення розміру кошторисної заробітної плати, що враховується при визначенні</t>
+        </is>
+      </c>
+      <c r="D198" t="s">
+        <v>37</v>
+      </c>
+      <c r="E198" t="s">
+        <v>38</v>
+      </c>
+      <c r="F198" t="s">
+        <v>61</v>
+      </c>
+      <c r="G198" t="s">
+        <v>40</v>
+      </c>
+      <c r="H198" t="s">
+        <v>41</v>
+      </c>
+      <c r="I198"/>
+      <c r="J198" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K198" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L198" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M198" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="N198" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O198" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P198" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q198" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R198" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S198" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T198" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U198" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V198" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W198" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X198" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y198" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z198" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA198" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB198" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC198" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD198" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE198" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF198" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG198" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH198" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI198" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ198" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK198" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL198" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM198" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199">
+        <v>198</v>
+      </c>
+      <c r="B199" t="s">
         <v>297</v>
       </c>
-      <c r="P164" t="s">
+      <c r="C199" t="inlineStr" s="4">
+        <is>
+          <t>2805Про внесення змін до рішення Марганецької міської ради від 19 грудня 2024 року № 1900-57/VIII «Про бюджет Марганецької міської територіальної громади на 2025 рік (код бюджету 0456100000)» (зі змінами)</t>
+        </is>
+      </c>
+      <c r="D199" t="s">
+        <v>37</v>
+      </c>
+      <c r="E199" t="s">
+        <v>38</v>
+      </c>
+      <c r="F199" t="s">
+        <v>39</v>
+      </c>
+      <c r="G199" t="s">
+        <v>40</v>
+      </c>
+      <c r="H199" t="s">
+        <v>41</v>
+      </c>
+      <c r="I199"/>
+      <c r="J199" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K199" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L199" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M199" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N199" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O199" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P199" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q199" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R199" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S199" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T199" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U199" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V199" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W199" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X199" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y199" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z199" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA199" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB199" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC199" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD199" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE199" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF199" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG199" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH199" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI199" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ199" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK199" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL199" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM199" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200">
+        <v>199</v>
+      </c>
+      <c r="B200" t="s">
         <v>298</v>
       </c>
-      <c r="Q164" t="s">
-[...5 lines deleted...]
-      <c r="S164" t="s">
+      <c r="C200" t="inlineStr" s="4">
+        <is>
+          <t>2807Про затвердження структури та  штатного розпису управління праці та соціального захисту населення виконавчого комітету Марганецької міської ради  </t>
+        </is>
+      </c>
+      <c r="D200" t="s">
+        <v>37</v>
+      </c>
+      <c r="E200" t="s">
+        <v>38</v>
+      </c>
+      <c r="F200" t="s">
+        <v>59</v>
+      </c>
+      <c r="G200" t="s">
+        <v>40</v>
+      </c>
+      <c r="H200" t="s">
+        <v>41</v>
+      </c>
+      <c r="I200"/>
+      <c r="J200" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K200" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L200" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M200" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N200" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O200" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P200" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q200" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R200" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S200" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T200" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U200" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V200" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W200" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X200" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y200" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z200" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA200" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB200" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC200" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD200" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE200" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF200" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="AG200" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="AH200" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI200" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ200" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK200" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL200" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM200" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201">
+        <v>200</v>
+      </c>
+      <c r="B201" t="s">
         <v>299</v>
       </c>
-      <c r="T164" t="s">
-[...8 lines deleted...]
-      <c r="W164" t="s">
+      <c r="C201" t="inlineStr" s="4">
+        <is>
+          <t>2808Про затвердження рішення виконавчого комітету Марганецької міської ради від 27 листопада 2025 року № 772 «Про погодження річного плану надання послуг  з централізованого водопостачання та</t>
+        </is>
+      </c>
+      <c r="D201" t="s">
+        <v>37</v>
+      </c>
+      <c r="E201" t="s">
+        <v>38</v>
+      </c>
+      <c r="F201" t="s">
+        <v>61</v>
+      </c>
+      <c r="G201" t="s">
+        <v>40</v>
+      </c>
+      <c r="H201" t="s">
+        <v>41</v>
+      </c>
+      <c r="I201"/>
+      <c r="J201" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K201" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L201" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M201" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="N201" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O201" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P201" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q201" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R201" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S201" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T201" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U201" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V201" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W201" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X201" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y201" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z201" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA201" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB201" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC201" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD201" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE201" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF201" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG201" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH201" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI201" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ201" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK201" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL201" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM201" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202">
+        <v>201</v>
+      </c>
+      <c r="B202" t="s">
         <v>300</v>
       </c>
-      <c r="X164" t="s">
-[...20 lines deleted...]
-      <c r="AE164" t="s">
+      <c r="C202" t="inlineStr" s="4">
+        <is>
+          <t>2809Про надання дозволу КП «ВУВКГ» ММР на передання транспортних засобів в позичку КП «Марганецьводоканал» ММР»</t>
+        </is>
+      </c>
+      <c r="D202" t="s">
+        <v>37</v>
+      </c>
+      <c r="E202" t="s">
+        <v>38</v>
+      </c>
+      <c r="F202" t="s">
+        <v>39</v>
+      </c>
+      <c r="G202" t="s">
+        <v>40</v>
+      </c>
+      <c r="H202" t="s">
+        <v>41</v>
+      </c>
+      <c r="I202"/>
+      <c r="J202" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K202" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L202" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M202" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N202" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O202" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P202" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q202" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R202" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S202" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T202" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U202" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V202" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W202" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X202" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y202" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z202" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA202" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB202" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC202" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD202" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE202" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF202" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG202" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH202" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI202" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ202" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK202" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL202" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM202" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203">
+        <v>202</v>
+      </c>
+      <c r="B203" t="s">
         <v>301</v>
       </c>
-      <c r="AF164" t="s">
+      <c r="C203" t="inlineStr" s="4">
+        <is>
+          <t>2810Про надання дозволу КП «ІРБ ММТГ» на передання сонячної електростанції, в позичку КП «Марганецьводоканал» ММР»</t>
+        </is>
+      </c>
+      <c r="D203" t="s">
+        <v>37</v>
+      </c>
+      <c r="E203" t="s">
+        <v>38</v>
+      </c>
+      <c r="F203" t="s">
+        <v>39</v>
+      </c>
+      <c r="G203" t="s">
+        <v>40</v>
+      </c>
+      <c r="H203" t="s">
+        <v>41</v>
+      </c>
+      <c r="I203"/>
+      <c r="J203" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K203" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L203" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M203" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N203" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O203" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P203" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q203" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R203" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S203" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T203" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U203" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V203" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W203" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X203" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y203" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z203" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA203" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB203" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC203" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD203" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE203" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF203" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG203" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH203" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI203" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ203" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK203" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL203" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM203" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204">
+        <v>203</v>
+      </c>
+      <c r="B204" t="s">
         <v>302</v>
       </c>
-      <c r="AG164" t="s">
-[...17 lines deleted...]
-      <c r="AM164" t="s">
+      <c r="C204" t="inlineStr" s="4">
+        <is>
+          <t>2811Про надання дозволу КП «Комунальник» ММР» на передання сонячної електростанції в позичку КП «Марганецьводоканал» ММР»</t>
+        </is>
+      </c>
+      <c r="D204" t="s">
+        <v>37</v>
+      </c>
+      <c r="E204" t="s">
+        <v>38</v>
+      </c>
+      <c r="F204" t="s">
+        <v>39</v>
+      </c>
+      <c r="G204" t="s">
+        <v>40</v>
+      </c>
+      <c r="H204" t="s">
+        <v>41</v>
+      </c>
+      <c r="I204"/>
+      <c r="J204" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K204" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L204" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M204" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N204" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O204" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P204" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q204" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R204" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S204" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T204" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U204" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V204" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W204" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X204" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y204" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z204" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA204" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB204" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC204" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD204" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE204" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF204" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG204" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH204" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI204" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ204" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK204" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL204" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM204" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205">
+        <v>204</v>
+      </c>
+      <c r="B205" t="s">
         <v>303</v>
+      </c>
+      <c r="C205" t="s" s="4">
+        <v>304</v>
+      </c>
+      <c r="D205" t="s">
+        <v>37</v>
+      </c>
+      <c r="E205" t="s">
+        <v>38</v>
+      </c>
+      <c r="F205" t="s">
+        <v>39</v>
+      </c>
+      <c r="G205" t="s">
+        <v>40</v>
+      </c>
+      <c r="H205" t="s">
+        <v>41</v>
+      </c>
+      <c r="I205"/>
+      <c r="J205" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K205" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L205" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M205" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N205" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O205" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P205" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q205" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R205" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S205" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T205" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U205" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V205" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W205" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X205" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y205" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z205" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA205" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB205" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC205" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD205" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE205" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF205" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG205" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH205" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI205" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ205" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK205" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL205" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM205" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206">
+        <v>205</v>
+      </c>
+      <c r="B206" t="s">
+        <v>305</v>
+      </c>
+      <c r="C206" t="s" s="4">
+        <v>306</v>
+      </c>
+      <c r="D206" t="s">
+        <v>37</v>
+      </c>
+      <c r="E206" t="s">
+        <v>38</v>
+      </c>
+      <c r="F206" t="s">
+        <v>39</v>
+      </c>
+      <c r="G206" t="s">
+        <v>40</v>
+      </c>
+      <c r="H206" t="s">
+        <v>41</v>
+      </c>
+      <c r="I206"/>
+      <c r="J206" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K206" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L206" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M206" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N206" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O206" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P206" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q206" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R206" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S206" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T206" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U206" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V206" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W206" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X206" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y206" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z206" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA206" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB206" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC206" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD206" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE206" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF206" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG206" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH206" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI206" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ206" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK206" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL206" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM206" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207">
+        <v>206</v>
+      </c>
+      <c r="B207" t="s">
+        <v>307</v>
+      </c>
+      <c r="C207" t="inlineStr" s="4">
+        <is>
+          <t>2814Про припинення права постійного користування земельною ділянкою управлінню освіти Марганецької міської ради, за адресою: м. Марганець, вул. Прохолодна, № 1</t>
+        </is>
+      </c>
+      <c r="D207" t="s">
+        <v>37</v>
+      </c>
+      <c r="E207" t="s">
+        <v>46</v>
+      </c>
+      <c r="F207" t="s">
+        <v>308</v>
+      </c>
+      <c r="G207" t="s">
+        <v>40</v>
+      </c>
+      <c r="H207" t="s">
+        <v>41</v>
+      </c>
+      <c r="I207"/>
+      <c r="J207" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K207" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L207" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M207" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="N207" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="O207" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P207" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q207" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R207" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S207" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T207" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U207" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V207" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W207" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="X207" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="Y207" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z207" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA207" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB207" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="AC207" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD207" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE207" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF207" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG207" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="AH207" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="AI207" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ207" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK207" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL207" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM207" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208">
+        <v>207</v>
+      </c>
+      <c r="B208" t="s">
+        <v>309</v>
+      </c>
+      <c r="C208" t="inlineStr" s="4">
+        <is>
+          <t>2815Про припинення права постійного користування земельною ділянкою управлінню освіти Марганецької міської ради, за адресою: м. Марганець, вул. Прохолодна, № 1</t>
+        </is>
+      </c>
+      <c r="D208" t="s">
+        <v>37</v>
+      </c>
+      <c r="E208" t="s">
+        <v>38</v>
+      </c>
+      <c r="F208" t="s">
+        <v>39</v>
+      </c>
+      <c r="G208" t="s">
+        <v>40</v>
+      </c>
+      <c r="H208" t="s">
+        <v>41</v>
+      </c>
+      <c r="I208"/>
+      <c r="J208" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K208" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L208" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M208" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N208" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O208" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P208" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q208" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R208" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S208" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T208" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U208" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V208" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W208" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X208" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y208" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z208" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA208" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB208" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC208" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD208" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE208" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF208" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG208" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH208" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI208" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ208" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK208" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL208" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM208" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209">
+        <v>208</v>
+      </c>
+      <c r="B209" t="s">
+        <v>310</v>
+      </c>
+      <c r="C209" t="inlineStr" s="4">
+        <is>
+          <t>2816Про надання дозволу на розроблення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) у постійне користування</t>
+        </is>
+      </c>
+      <c r="D209" t="s">
+        <v>37</v>
+      </c>
+      <c r="E209" t="s">
+        <v>38</v>
+      </c>
+      <c r="F209" t="s">
+        <v>39</v>
+      </c>
+      <c r="G209" t="s">
+        <v>40</v>
+      </c>
+      <c r="H209" t="s">
+        <v>41</v>
+      </c>
+      <c r="I209"/>
+      <c r="J209" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K209" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L209" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M209" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N209" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O209" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P209" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q209" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R209" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S209" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T209" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U209" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V209" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W209" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X209" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y209" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z209" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA209" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB209" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC209" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD209" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE209" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF209" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG209" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH209" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI209" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ209" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK209" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL209" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM209" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210">
+        <v>209</v>
+      </c>
+      <c r="B210" t="s">
+        <v>311</v>
+      </c>
+      <c r="C210" t="inlineStr" s="4">
+        <is>
+          <t>2817Про припинення права постійного користування на земельні ділянки Комунальному підприємству «Інфраструктурного розвитку та благоустрою Марганецької міської територіальної громади», за</t>
+        </is>
+      </c>
+      <c r="D210" t="s">
+        <v>37</v>
+      </c>
+      <c r="E210" t="s">
+        <v>38</v>
+      </c>
+      <c r="F210" t="s">
+        <v>39</v>
+      </c>
+      <c r="G210" t="s">
+        <v>40</v>
+      </c>
+      <c r="H210" t="s">
+        <v>41</v>
+      </c>
+      <c r="I210"/>
+      <c r="J210" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K210" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L210" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M210" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N210" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O210" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P210" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q210" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R210" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S210" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T210" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U210" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V210" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W210" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X210" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y210" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z210" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA210" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB210" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC210" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD210" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE210" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF210" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG210" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH210" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI210" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ210" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK210" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL210" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM210" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211">
+        <v>210</v>
+      </c>
+      <c r="B211" t="s">
+        <v>312</v>
+      </c>
+      <c r="C211" t="inlineStr" s="4">
+        <is>
+          <t>2818Про надання дозволу на розробку технічної документації із землеустрою щодо встановлення (відновлення) меж земельних ділянок в натурі (на місцевості) у постійне користування Комунальному</t>
+        </is>
+      </c>
+      <c r="D211" t="s">
+        <v>37</v>
+      </c>
+      <c r="E211" t="s">
+        <v>38</v>
+      </c>
+      <c r="F211" t="s">
+        <v>39</v>
+      </c>
+      <c r="G211" t="s">
+        <v>40</v>
+      </c>
+      <c r="H211" t="s">
+        <v>41</v>
+      </c>
+      <c r="I211"/>
+      <c r="J211" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K211" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L211" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M211" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N211" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O211" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P211" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q211" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R211" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S211" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T211" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U211" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V211" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W211" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X211" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y211" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z211" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA211" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB211" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC211" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD211" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE211" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF211" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG211" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH211" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI211" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ211" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK211" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL211" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM211" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212">
+        <v>211</v>
+      </c>
+      <c r="B212" t="s">
+        <v>313</v>
+      </c>
+      <c r="C212" t="inlineStr" s="4">
+        <is>
+          <t>2819Про затвердження технічної документації із  землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та передачу  у постійне користування Комунальному</t>
+        </is>
+      </c>
+      <c r="D212" t="s">
+        <v>37</v>
+      </c>
+      <c r="E212" t="s">
+        <v>38</v>
+      </c>
+      <c r="F212" t="s">
+        <v>39</v>
+      </c>
+      <c r="G212" t="s">
+        <v>40</v>
+      </c>
+      <c r="H212" t="s">
+        <v>41</v>
+      </c>
+      <c r="I212"/>
+      <c r="J212" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K212" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L212" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M212" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N212" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O212" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P212" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q212" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R212" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S212" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T212" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U212" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V212" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W212" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X212" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y212" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z212" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA212" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB212" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC212" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD212" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE212" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF212" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG212" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH212" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI212" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ212" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK212" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL212" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM212" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213">
+        <v>212</v>
+      </c>
+      <c r="B213" t="s">
+        <v>314</v>
+      </c>
+      <c r="C213" t="inlineStr" s="4">
+        <is>
+          <t>2820Про затвердження технічної документації із  землеустрою щодо поділу та об’єднання земельних  ділянок Комунальному підприємству «Комунальник» Марганецької міської ради», по вул.</t>
+        </is>
+      </c>
+      <c r="D213" t="s">
+        <v>37</v>
+      </c>
+      <c r="E213" t="s">
+        <v>38</v>
+      </c>
+      <c r="F213" t="s">
+        <v>59</v>
+      </c>
+      <c r="G213" t="s">
+        <v>40</v>
+      </c>
+      <c r="H213" t="s">
+        <v>41</v>
+      </c>
+      <c r="I213"/>
+      <c r="J213" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K213" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L213" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M213" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="N213" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O213" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P213" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q213" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R213" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S213" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T213" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U213" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V213" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W213" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X213" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y213" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z213" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA213" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB213" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC213" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD213" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE213" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF213" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG213" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH213" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI213" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="AJ213" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK213" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL213" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM213" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214">
+        <v>213</v>
+      </c>
+      <c r="B214" t="s">
+        <v>315</v>
+      </c>
+      <c r="C214" t="inlineStr" s="4">
+        <is>
+          <t>2821Про надання  дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки в постійне користування Комунальному підприємству «Інфраструктурного розвитку та благоустрою</t>
+        </is>
+      </c>
+      <c r="D214" t="s">
+        <v>37</v>
+      </c>
+      <c r="E214" t="s">
+        <v>38</v>
+      </c>
+      <c r="F214" t="s">
+        <v>61</v>
+      </c>
+      <c r="G214" t="s">
+        <v>40</v>
+      </c>
+      <c r="H214" t="s">
+        <v>41</v>
+      </c>
+      <c r="I214"/>
+      <c r="J214" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K214" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L214" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M214" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="N214" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O214" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P214" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q214" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R214" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S214" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T214" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U214" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V214" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W214" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X214" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y214" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z214" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA214" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB214" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC214" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD214" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE214" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF214" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG214" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH214" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI214" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ214" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK214" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL214" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM214" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215">
+        <v>214</v>
+      </c>
+      <c r="B215" t="s">
+        <v>316</v>
+      </c>
+      <c r="C215" t="inlineStr" s="4">
+        <is>
+          <t>2822Про надання  дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки в постійне користування Комунальному підприємству «Інфраструктурного розвитку та благоустрою</t>
+        </is>
+      </c>
+      <c r="D215" t="s">
+        <v>37</v>
+      </c>
+      <c r="E215" t="s">
+        <v>38</v>
+      </c>
+      <c r="F215" t="s">
+        <v>39</v>
+      </c>
+      <c r="G215" t="s">
+        <v>40</v>
+      </c>
+      <c r="H215" t="s">
+        <v>41</v>
+      </c>
+      <c r="I215"/>
+      <c r="J215" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K215" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L215" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M215" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N215" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O215" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P215" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q215" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R215" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S215" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T215" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U215" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V215" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W215" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X215" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y215" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z215" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA215" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB215" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC215" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD215" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE215" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF215" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG215" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH215" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI215" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ215" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK215" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL215" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM215" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216">
+        <v>215</v>
+      </c>
+      <c r="B216" t="s">
+        <v>317</v>
+      </c>
+      <c r="C216" t="inlineStr" s="4">
+        <is>
+          <t>2823Про надання  дозволу на розроблення проєкту землеустрою щодо відведення земельної ділянки в постійне користування Комунальному підприємству «Інфраструктурного розвитку та благоустрою</t>
+        </is>
+      </c>
+      <c r="D216" t="s">
+        <v>37</v>
+      </c>
+      <c r="E216" t="s">
+        <v>38</v>
+      </c>
+      <c r="F216" t="s">
+        <v>39</v>
+      </c>
+      <c r="G216" t="s">
+        <v>40</v>
+      </c>
+      <c r="H216" t="s">
+        <v>41</v>
+      </c>
+      <c r="I216"/>
+      <c r="J216" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K216" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L216" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M216" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N216" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O216" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P216" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q216" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R216" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S216" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T216" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U216" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V216" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W216" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X216" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y216" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z216" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA216" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB216" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC216" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD216" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE216" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF216" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG216" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH216" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI216" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ216" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK216" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL216" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM216" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217">
+        <v>216</v>
+      </c>
+      <c r="B217" t="s">
+        <v>318</v>
+      </c>
+      <c r="C217" t="inlineStr" s="4">
+        <is>
+          <t>2824Про надання дозволу на розроблення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) у постійне користування</t>
+        </is>
+      </c>
+      <c r="D217" t="s">
+        <v>37</v>
+      </c>
+      <c r="E217" t="s">
+        <v>38</v>
+      </c>
+      <c r="F217" t="s">
+        <v>61</v>
+      </c>
+      <c r="G217" t="s">
+        <v>40</v>
+      </c>
+      <c r="H217" t="s">
+        <v>41</v>
+      </c>
+      <c r="I217"/>
+      <c r="J217" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K217" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L217" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M217" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="N217" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O217" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P217" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q217" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R217" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S217" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T217" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U217" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V217" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W217" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X217" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y217" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z217" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA217" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB217" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC217" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD217" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE217" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF217" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG217" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH217" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI217" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ217" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK217" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL217" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM217" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218">
+        <v>217</v>
+      </c>
+      <c r="B218" t="s">
+        <v>319</v>
+      </c>
+      <c r="C218" t="inlineStr" s="4">
+        <is>
+          <t>2825Про надання дозволу на розробку технічної документації із землеустрою щодо поділу та об’єднання  земельних ділянок, за адресою: м. Марганець, вул. Незалежності, біля Ювілейного ринку</t>
+        </is>
+      </c>
+      <c r="D218" t="s">
+        <v>37</v>
+      </c>
+      <c r="E218" t="s">
+        <v>38</v>
+      </c>
+      <c r="F218" t="s">
+        <v>61</v>
+      </c>
+      <c r="G218" t="s">
+        <v>40</v>
+      </c>
+      <c r="H218" t="s">
+        <v>41</v>
+      </c>
+      <c r="I218"/>
+      <c r="J218" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K218" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L218" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M218" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N218" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="O218" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P218" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q218" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R218" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S218" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T218" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U218" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V218" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W218" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X218" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y218" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z218" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA218" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB218" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC218" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD218" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE218" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF218" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG218" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH218" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI218" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ218" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK218" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL218" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM218" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219">
+        <v>218</v>
+      </c>
+      <c r="B219" t="s">
+        <v>320</v>
+      </c>
+      <c r="C219" t="inlineStr" s="4">
+        <is>
+          <t>2826Про надання дозволу на розроблення технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості), у користування на умовах оренди,</t>
+        </is>
+      </c>
+      <c r="D219" t="s">
+        <v>37</v>
+      </c>
+      <c r="E219" t="s">
+        <v>38</v>
+      </c>
+      <c r="F219" t="s">
+        <v>39</v>
+      </c>
+      <c r="G219" t="s">
+        <v>40</v>
+      </c>
+      <c r="H219" t="s">
+        <v>41</v>
+      </c>
+      <c r="I219"/>
+      <c r="J219" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K219" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L219" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M219" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N219" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O219" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P219" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q219" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R219" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S219" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T219" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U219" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V219" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W219" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X219" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y219" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z219" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA219" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB219" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC219" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD219" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE219" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF219" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG219" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH219" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI219" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ219" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK219" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL219" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM219" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220">
+        <v>219</v>
+      </c>
+      <c r="B220" t="s">
+        <v>321</v>
+      </c>
+      <c r="C220" t="inlineStr" s="4">
+        <is>
+          <t>2827Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та передачу у власність громадянину України Гемуку</t>
+        </is>
+      </c>
+      <c r="D220" t="s">
+        <v>37</v>
+      </c>
+      <c r="E220" t="s">
+        <v>38</v>
+      </c>
+      <c r="F220" t="s">
+        <v>59</v>
+      </c>
+      <c r="G220" t="s">
+        <v>40</v>
+      </c>
+      <c r="H220" t="s">
+        <v>41</v>
+      </c>
+      <c r="I220"/>
+      <c r="J220" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K220" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L220" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M220" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="N220" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O220" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P220" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q220" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R220" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S220" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T220" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U220" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V220" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W220" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X220" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y220" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z220" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA220" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB220" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC220" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD220" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE220" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF220" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG220" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="AH220" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI220" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ220" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK220" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL220" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM220" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221">
+        <v>220</v>
+      </c>
+      <c r="B221" t="s">
+        <v>322</v>
+      </c>
+      <c r="C221" t="inlineStr" s="4">
+        <is>
+          <t>2828Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та передачу у власність громадянці України Овод</t>
+        </is>
+      </c>
+      <c r="D221" t="s">
+        <v>37</v>
+      </c>
+      <c r="E221" t="s">
+        <v>38</v>
+      </c>
+      <c r="F221" t="s">
+        <v>61</v>
+      </c>
+      <c r="G221" t="s">
+        <v>40</v>
+      </c>
+      <c r="H221" t="s">
+        <v>41</v>
+      </c>
+      <c r="I221"/>
+      <c r="J221" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K221" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L221" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M221" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="N221" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O221" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P221" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q221" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R221" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S221" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T221" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U221" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V221" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W221" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X221" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y221" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z221" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA221" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB221" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC221" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD221" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE221" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF221" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG221" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH221" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI221" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ221" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK221" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL221" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM221" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222">
+        <v>221</v>
+      </c>
+      <c r="B222" t="s">
+        <v>323</v>
+      </c>
+      <c r="C222" t="inlineStr" s="4">
+        <is>
+          <t>2829Про затвердження технічної документації із землеустрою щодо встановлення (відновлення) меж земельної ділянки в натурі (на місцевості) та передачу у власність громадянину України Руденку</t>
+        </is>
+      </c>
+      <c r="D222" t="s">
+        <v>37</v>
+      </c>
+      <c r="E222" t="s">
+        <v>38</v>
+      </c>
+      <c r="F222" t="s">
+        <v>59</v>
+      </c>
+      <c r="G222" t="s">
+        <v>40</v>
+      </c>
+      <c r="H222" t="s">
+        <v>41</v>
+      </c>
+      <c r="I222"/>
+      <c r="J222" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K222" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L222" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M222" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="N222" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O222" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P222" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q222" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R222" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S222" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T222" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U222" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V222" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W222" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X222" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y222" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z222" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA222" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB222" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC222" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD222" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE222" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF222" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG222" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AH222" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI222" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ222" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK222" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL222" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM222" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223">
+        <v>222</v>
+      </c>
+      <c r="B223" t="s">
+        <v>324</v>
+      </c>
+      <c r="C223" t="inlineStr" s="4">
+        <is>
+          <t>2830Про надання  дозволу на виготовлення проєкту землеустрою  щодо відведення земельної ділянки у користування на умовах оренди, для будівництва і обслуговування житлового будинку,</t>
+        </is>
+      </c>
+      <c r="D223" t="s">
+        <v>37</v>
+      </c>
+      <c r="E223" t="s">
+        <v>38</v>
+      </c>
+      <c r="F223" t="s">
+        <v>61</v>
+      </c>
+      <c r="G223" t="s">
+        <v>40</v>
+      </c>
+      <c r="H223" t="s">
+        <v>41</v>
+      </c>
+      <c r="I223"/>
+      <c r="J223" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K223" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="L223" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M223" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="N223" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O223" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P223" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q223" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R223" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S223" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T223" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U223" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V223" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W223" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X223" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y223" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z223" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA223" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB223" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC223" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD223" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE223" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF223" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG223" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AH223" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI223" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ223" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK223" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL223" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM223" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224">
+        <v>223</v>
+      </c>
+      <c r="B224" t="s">
+        <v>325</v>
+      </c>
+      <c r="C224" t="inlineStr" s="4">
+        <is>
+          <t>2831Про вилучення земельної ділянки із користування на умовах оренди у фізичної особи – підприємця Чорної Наталії Миколаївни, за адресою: м. Марганець, вул. Незалежності, № 15  </t>
+        </is>
+      </c>
+      <c r="D224" t="s">
+        <v>37</v>
+      </c>
+      <c r="E224" t="s">
+        <v>38</v>
+      </c>
+      <c r="F224" t="s">
+        <v>59</v>
+      </c>
+      <c r="G224" t="s">
+        <v>40</v>
+      </c>
+      <c r="H224" t="s">
+        <v>41</v>
+      </c>
+      <c r="I224"/>
+      <c r="J224" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="K224" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="L224" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="M224" t="s" s="5">
+        <v>44</v>
+      </c>
+      <c r="N224" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="O224" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="P224" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Q224" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="R224" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="S224" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="T224" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="U224" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="V224" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="W224" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="X224" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Y224" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="Z224" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AA224" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AB224" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AC224" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AD224" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AE224" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AF224" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AG224" t="s" s="5">
+        <v>43</v>
+      </c>
+      <c r="AH224" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AI224" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AJ224" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AK224" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AL224" t="s" s="5">
+        <v>42</v>
+      </c>
+      <c r="AM224" t="s" s="5">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225"/>
+      <c r="B225"/>
+      <c r="C225"/>
+      <c r="D225"/>
+      <c r="E225"/>
+      <c r="F225"/>
+      <c r="G225"/>
+      <c r="H225"/>
+      <c r="I225" t="s">
+        <v>326</v>
+      </c>
+      <c r="J225" t="s">
+        <v>327</v>
+      </c>
+      <c r="K225" t="s">
+        <v>328</v>
+      </c>
+      <c r="L225" t="s">
+        <v>308</v>
+      </c>
+      <c r="M225" t="s">
+        <v>329</v>
+      </c>
+      <c r="N225" t="s">
+        <v>330</v>
+      </c>
+      <c r="O225" t="s">
+        <v>331</v>
+      </c>
+      <c r="P225" t="s">
+        <v>332</v>
+      </c>
+      <c r="Q225" t="s">
+        <v>333</v>
+      </c>
+      <c r="R225" t="s">
+        <v>308</v>
+      </c>
+      <c r="S225" t="s">
+        <v>334</v>
+      </c>
+      <c r="T225" t="s">
+        <v>308</v>
+      </c>
+      <c r="U225" t="s">
+        <v>335</v>
+      </c>
+      <c r="V225" t="s">
+        <v>308</v>
+      </c>
+      <c r="W225" t="s">
+        <v>330</v>
+      </c>
+      <c r="X225" t="s">
+        <v>336</v>
+      </c>
+      <c r="Y225" t="s">
+        <v>335</v>
+      </c>
+      <c r="Z225" t="s">
+        <v>308</v>
+      </c>
+      <c r="AA225" t="s">
+        <v>337</v>
+      </c>
+      <c r="AB225" t="s">
+        <v>338</v>
+      </c>
+      <c r="AC225" t="s">
+        <v>339</v>
+      </c>
+      <c r="AD225" t="s">
+        <v>340</v>
+      </c>
+      <c r="AE225" t="s">
+        <v>341</v>
+      </c>
+      <c r="AF225" t="s">
+        <v>342</v>
+      </c>
+      <c r="AG225" t="s">
+        <v>343</v>
+      </c>
+      <c r="AH225" t="s">
+        <v>344</v>
+      </c>
+      <c r="AI225" t="s">
+        <v>344</v>
+      </c>
+      <c r="AJ225" t="s">
+        <v>345</v>
+      </c>
+      <c r="AK225" t="s">
+        <v>346</v>
+      </c>
+      <c r="AL225" t="s">
+        <v>345</v>
+      </c>
+      <c r="AM225" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226"/>
+      <c r="B226"/>
+      <c r="C226"/>
+      <c r="D226"/>
+      <c r="E226"/>
+      <c r="F226"/>
+      <c r="G226"/>
+      <c r="H226"/>
+      <c r="I226" t="s">
+        <v>40</v>
+      </c>
+      <c r="J226" t="s">
+        <v>40</v>
+      </c>
+      <c r="K226" t="s">
+        <v>40</v>
+      </c>
+      <c r="L226" t="s">
+        <v>40</v>
+      </c>
+      <c r="M226" t="s">
+        <v>40</v>
+      </c>
+      <c r="N226" t="s">
+        <v>348</v>
+      </c>
+      <c r="O226" t="s">
+        <v>40</v>
+      </c>
+      <c r="P226" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q226" t="s">
+        <v>48</v>
+      </c>
+      <c r="R226" t="s">
+        <v>40</v>
+      </c>
+      <c r="S226" t="s">
+        <v>348</v>
+      </c>
+      <c r="T226" t="s">
+        <v>40</v>
+      </c>
+      <c r="U226" t="s">
+        <v>40</v>
+      </c>
+      <c r="V226" t="s">
+        <v>40</v>
+      </c>
+      <c r="W226" t="s">
+        <v>40</v>
+      </c>
+      <c r="X226" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y226" t="s">
+        <v>48</v>
+      </c>
+      <c r="Z226" t="s">
+        <v>40</v>
+      </c>
+      <c r="AA226" t="s">
+        <v>48</v>
+      </c>
+      <c r="AB226" t="s">
+        <v>40</v>
+      </c>
+      <c r="AC226" t="s">
+        <v>40</v>
+      </c>
+      <c r="AD226" t="s">
+        <v>40</v>
+      </c>
+      <c r="AE226" t="s">
+        <v>40</v>
+      </c>
+      <c r="AF226" t="s">
+        <v>40</v>
+      </c>
+      <c r="AG226" t="s">
+        <v>348</v>
+      </c>
+      <c r="AH226" t="s">
+        <v>40</v>
+      </c>
+      <c r="AI226" t="s">
+        <v>40</v>
+      </c>
+      <c r="AJ226" t="s">
+        <v>48</v>
+      </c>
+      <c r="AK226" t="s">
+        <v>40</v>
+      </c>
+      <c r="AL226" t="s">
+        <v>348</v>
+      </c>
+      <c r="AM226" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227"/>
+      <c r="B227"/>
+      <c r="C227"/>
+      <c r="D227"/>
+      <c r="E227"/>
+      <c r="F227"/>
+      <c r="G227"/>
+      <c r="H227"/>
+      <c r="I227" t="s">
+        <v>349</v>
+      </c>
+      <c r="J227" t="s">
+        <v>350</v>
+      </c>
+      <c r="K227" t="s">
+        <v>351</v>
+      </c>
+      <c r="L227" t="s">
+        <v>352</v>
+      </c>
+      <c r="M227" t="s">
+        <v>352</v>
+      </c>
+      <c r="N227" t="s">
+        <v>352</v>
+      </c>
+      <c r="O227" t="s">
+        <v>352</v>
+      </c>
+      <c r="P227" t="s">
+        <v>352</v>
+      </c>
+      <c r="Q227" t="s">
+        <v>353</v>
+      </c>
+      <c r="R227" t="s">
+        <v>352</v>
+      </c>
+      <c r="S227" t="s">
+        <v>350</v>
+      </c>
+      <c r="T227" t="s">
+        <v>352</v>
+      </c>
+      <c r="U227" t="s">
+        <v>352</v>
+      </c>
+      <c r="V227" t="s">
+        <v>352</v>
+      </c>
+      <c r="W227" t="s">
+        <v>352</v>
+      </c>
+      <c r="X227" t="s">
+        <v>350</v>
+      </c>
+      <c r="Y227" t="s">
+        <v>350</v>
+      </c>
+      <c r="Z227" t="s">
+        <v>352</v>
+      </c>
+      <c r="AA227" t="s">
+        <v>352</v>
+      </c>
+      <c r="AB227" t="s">
+        <v>351</v>
+      </c>
+      <c r="AC227" t="s">
+        <v>350</v>
+      </c>
+      <c r="AD227" t="s">
+        <v>351</v>
+      </c>
+      <c r="AE227" t="s">
+        <v>352</v>
+      </c>
+      <c r="AF227" t="s">
+        <v>352</v>
+      </c>
+      <c r="AG227" t="s">
+        <v>351</v>
+      </c>
+      <c r="AH227" t="s">
+        <v>350</v>
+      </c>
+      <c r="AI227" t="s">
+        <v>351</v>
+      </c>
+      <c r="AJ227" t="s">
+        <v>350</v>
+      </c>
+      <c r="AK227" t="s">
+        <v>353</v>
+      </c>
+      <c r="AL227" t="s">
+        <v>352</v>
+      </c>
+      <c r="AM227" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228"/>
+      <c r="B228"/>
+      <c r="C228"/>
+      <c r="D228"/>
+      <c r="E228"/>
+      <c r="F228"/>
+      <c r="G228"/>
+      <c r="H228"/>
+      <c r="I228" t="s">
+        <v>354</v>
+      </c>
+      <c r="J228" t="s">
+        <v>355</v>
+      </c>
+      <c r="K228" t="s">
+        <v>356</v>
+      </c>
+      <c r="L228" t="s">
+        <v>354</v>
+      </c>
+      <c r="M228" t="s">
+        <v>357</v>
+      </c>
+      <c r="N228" t="s">
+        <v>358</v>
+      </c>
+      <c r="O228" t="s">
+        <v>354</v>
+      </c>
+      <c r="P228" t="s">
+        <v>354</v>
+      </c>
+      <c r="Q228" t="s">
+        <v>359</v>
+      </c>
+      <c r="R228" t="s">
+        <v>354</v>
+      </c>
+      <c r="S228" t="s">
+        <v>360</v>
+      </c>
+      <c r="T228" t="s">
+        <v>354</v>
+      </c>
+      <c r="U228" t="s">
+        <v>360</v>
+      </c>
+      <c r="V228" t="s">
+        <v>354</v>
+      </c>
+      <c r="W228" t="s">
+        <v>358</v>
+      </c>
+      <c r="X228" t="s">
+        <v>361</v>
+      </c>
+      <c r="Y228" t="s">
+        <v>362</v>
+      </c>
+      <c r="Z228" t="s">
+        <v>354</v>
+      </c>
+      <c r="AA228" t="s">
+        <v>363</v>
+      </c>
+      <c r="AB228" t="s">
+        <v>364</v>
+      </c>
+      <c r="AC228" t="s">
+        <v>362</v>
+      </c>
+      <c r="AD228" t="s">
+        <v>362</v>
+      </c>
+      <c r="AE228" t="s">
+        <v>355</v>
+      </c>
+      <c r="AF228" t="s">
+        <v>365</v>
+      </c>
+      <c r="AG228" t="s">
+        <v>358</v>
+      </c>
+      <c r="AH228" t="s">
+        <v>366</v>
+      </c>
+      <c r="AI228" t="s">
+        <v>356</v>
+      </c>
+      <c r="AJ228" t="s">
+        <v>367</v>
+      </c>
+      <c r="AK228" t="s">
+        <v>360</v>
+      </c>
+      <c r="AL228" t="s">
+        <v>367</v>
+      </c>
+      <c r="AM228" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229"/>
+      <c r="B229"/>
+      <c r="C229"/>
+      <c r="D229"/>
+      <c r="E229"/>
+      <c r="F229"/>
+      <c r="G229"/>
+      <c r="H229"/>
+      <c r="I229" t="s">
+        <v>368</v>
+      </c>
+      <c r="J229" t="s">
+        <v>369</v>
+      </c>
+      <c r="K229" t="s">
+        <v>370</v>
+      </c>
+      <c r="L229" t="s">
+        <v>371</v>
+      </c>
+      <c r="M229" t="s">
+        <v>372</v>
+      </c>
+      <c r="N229" t="s">
+        <v>373</v>
+      </c>
+      <c r="O229" t="s">
+        <v>374</v>
+      </c>
+      <c r="P229" t="s">
+        <v>375</v>
+      </c>
+      <c r="Q229" t="s">
+        <v>376</v>
+      </c>
+      <c r="R229" t="s">
+        <v>371</v>
+      </c>
+      <c r="S229" t="s">
+        <v>377</v>
+      </c>
+      <c r="T229" t="s">
+        <v>371</v>
+      </c>
+      <c r="U229" t="s">
+        <v>376</v>
+      </c>
+      <c r="V229" t="s">
+        <v>371</v>
+      </c>
+      <c r="W229" t="s">
+        <v>378</v>
+      </c>
+      <c r="X229" t="s">
+        <v>376</v>
+      </c>
+      <c r="Y229" t="s">
+        <v>376</v>
+      </c>
+      <c r="Z229" t="s">
+        <v>371</v>
+      </c>
+      <c r="AA229" t="s">
+        <v>378</v>
+      </c>
+      <c r="AB229" t="s">
+        <v>376</v>
+      </c>
+      <c r="AC229" t="s">
+        <v>376</v>
+      </c>
+      <c r="AD229" t="s">
+        <v>378</v>
+      </c>
+      <c r="AE229" t="s">
+        <v>379</v>
+      </c>
+      <c r="AF229" t="s">
+        <v>380</v>
+      </c>
+      <c r="AG229" t="s">
+        <v>380</v>
+      </c>
+      <c r="AH229" t="s">
+        <v>376</v>
+      </c>
+      <c r="AI229" t="s">
+        <v>376</v>
+      </c>
+      <c r="AJ229" t="s">
+        <v>376</v>
+      </c>
+      <c r="AK229" t="s">
+        <v>376</v>
+      </c>
+      <c r="AL229" t="s">
+        <v>376</v>
+      </c>
+      <c r="AM229" t="s">
+        <v>381</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="F1:H1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>